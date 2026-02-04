--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f02763fd0bae759fbbb453d3b3029084.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19d45a3fd183f92c786d43675a4e3db3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cce6e359609ded859b0afe320f499f33.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f02763fd0bae759fbbb453d3b3029084.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94d21be5f28f7da7e9d69aa8580deaf6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233e6ecbead8879b5abd17e41747872a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f02763fd0bae759fbbb453d3b3029084.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13cde22afcac075b3d1429fc794b3c10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5da19a0b8e7645b96abbc7e26a103c5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f02763fd0bae759fbbb453d3b3029084.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc900e5b9d56dc5a940464527303f936.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b0759cd1945c3f8cb72b3ce3824109.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f02763fd0bae759fbbb453d3b3029084.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e3f1d99fa2508080b515befc42dca1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06b678502258039ca6bba07d239fef1f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f02763fd0bae759fbbb453d3b3029084.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c263412646f8a562b1dc87c1c9e3ad5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b49796d7b0f1cde06f2d194f3196788a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f02763fd0bae759fbbb453d3b3029084.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac868faf3550168ed5446c93b4f6da86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3634a3d5c72160544b234418fe61fd89.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f02763fd0bae759fbbb453d3b3029084.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f2c7f1e4d84077306d79a9cd77b5299.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635e2d934d0835c425bf03757f3e6aa5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>