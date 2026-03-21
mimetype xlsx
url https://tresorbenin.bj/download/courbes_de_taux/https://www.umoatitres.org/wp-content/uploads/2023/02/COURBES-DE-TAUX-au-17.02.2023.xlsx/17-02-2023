--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cce6e359609ded859b0afe320f499f33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40f495afcc045b5d7df3ed0131d24f5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233e6ecbead8879b5abd17e41747872a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f27196405709b409159efd585b6cb916.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5da19a0b8e7645b96abbc7e26a103c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed8d9bc516df57f22f8c2848d93e8712.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b0759cd1945c3f8cb72b3ce3824109.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74ca3dac2140cfeb3bba2056f66dd070.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06b678502258039ca6bba07d239fef1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002ff978a5b7deefe58981ed264e1284.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b49796d7b0f1cde06f2d194f3196788a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec9307983c6d8918f67e2aa558ffb303.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3634a3d5c72160544b234418fe61fd89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82eb88d3410b76c078a8f6209abbe4c7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dce1bbbc4b3a40831e3621bfe149f7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635e2d934d0835c425bf03757f3e6aa5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9141189445a86c2d86956abc44595da6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>