--- v2 (2026-03-21)
+++ v3 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40f495afcc045b5d7df3ed0131d24f5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83834aaaaff3e2e4a805e78e4781ecd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d36a675ef6ea5f1dd8123c6659fe8e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f27196405709b409159efd585b6cb916.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83834aaaaff3e2e4a805e78e4781ecd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5380a2c1815988fa71d701ef9284610.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed8d9bc516df57f22f8c2848d93e8712.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83834aaaaff3e2e4a805e78e4781ecd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c9f396a31a85a6d48a3c8892f1b361.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74ca3dac2140cfeb3bba2056f66dd070.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83834aaaaff3e2e4a805e78e4781ecd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c43b023f4d81228ad500a2d199448a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002ff978a5b7deefe58981ed264e1284.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83834aaaaff3e2e4a805e78e4781ecd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b8c1350df65a06ce0b8e91523975868.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec9307983c6d8918f67e2aa558ffb303.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83834aaaaff3e2e4a805e78e4781ecd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae503559756c69821e59256bfb521c74.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82eb88d3410b76c078a8f6209abbe4c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83834aaaaff3e2e4a805e78e4781ecd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4413446f3a9c6c87225e413797f16be6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9d54e48a64fc4586e75722e5d3c2ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9141189445a86c2d86956abc44595da6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83834aaaaff3e2e4a805e78e4781ecd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd7b45a3dc7970cbef73364bfd56a5ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>