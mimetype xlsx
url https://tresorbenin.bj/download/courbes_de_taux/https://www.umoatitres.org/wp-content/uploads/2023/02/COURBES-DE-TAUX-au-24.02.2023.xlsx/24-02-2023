--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2903c9ef59fbd58746340b98e343d627.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38d408c9b03db4cf64e38114bc0237a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dfd85d213e802229dab80011d64b36d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2903c9ef59fbd58746340b98e343d627.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cfc67aec3f4e87ce843d01a58c1c3bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa49fac38bf1a0316ecad330e16b687.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2903c9ef59fbd58746340b98e343d627.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6859e682572783e3de97b44beb852e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdab38a0a5e6d7ac2fd6b57aac3bbfd5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2903c9ef59fbd58746340b98e343d627.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b119c90b6f7bf5bad36fe34b0d862638.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aec868ea19a2dfee7770afd67e83645.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2903c9ef59fbd58746340b98e343d627.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c90d147323bc4036ff9d998a1a9bdd0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba01ef06a3cf0f0fc622d296123c604.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2903c9ef59fbd58746340b98e343d627.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f8ca1b1f877baa7838aec2858d33494.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a09f95b39d98071082ac98a396882dea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2903c9ef59fbd58746340b98e343d627.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5eecf2ff9369df17b31390f45679949.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a887ad4589b151885c108d4440b52b19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2903c9ef59fbd58746340b98e343d627.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a831116551f6a677400269a129c059a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c97e48181a7a8838febd71ed6a6f12da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>