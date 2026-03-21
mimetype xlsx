--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dfd85d213e802229dab80011d64b36d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f991fed989718cc5790a8feecbc7ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa49fac38bf1a0316ecad330e16b687.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af3c2027f3bcec3e5541e8281847ab16.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdab38a0a5e6d7ac2fd6b57aac3bbfd5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e431ad1fd2d0455cbe173fb6993c7db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aec868ea19a2dfee7770afd67e83645.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0105cea2f3ef9bd1333134adea1fcc82.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba01ef06a3cf0f0fc622d296123c604.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c15f0fcf24d9593d4beb823e01130e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a09f95b39d98071082ac98a396882dea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/141be6bffe676c90b43629f4fb1ce834.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a887ad4589b151885c108d4440b52b19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6730b74e09427e7c2d8adbd0f684b497.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c2beb6d33638efafc7cc6d3c0fd342.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c97e48181a7a8838febd71ed6a6f12da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7398a9f8d2c4a7dad675e190eddbaafb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>