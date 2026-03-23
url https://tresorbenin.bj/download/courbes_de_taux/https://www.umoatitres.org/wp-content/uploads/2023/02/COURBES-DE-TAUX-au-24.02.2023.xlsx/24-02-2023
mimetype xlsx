--- v2 (2026-03-21)
+++ v3 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f991fed989718cc5790a8feecbc7ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c622cd24150566697479f76697ab65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a0cf833c485fe3f3eb7a9056bab3b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af3c2027f3bcec3e5541e8281847ab16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c622cd24150566697479f76697ab65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a686bd2482a5e42b73a9489e9e846904.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e431ad1fd2d0455cbe173fb6993c7db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c622cd24150566697479f76697ab65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e791f291b6cdaa8ff7a3e04c757b022f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0105cea2f3ef9bd1333134adea1fcc82.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c622cd24150566697479f76697ab65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943a6a464c229daeb0a0755ea0e633d5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c15f0fcf24d9593d4beb823e01130e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c622cd24150566697479f76697ab65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c828635011c2ee0b103203d3fd4732.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/141be6bffe676c90b43629f4fb1ce834.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c622cd24150566697479f76697ab65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/952e668494db992f065a19e0d4f48fe6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6730b74e09427e7c2d8adbd0f684b497.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c622cd24150566697479f76697ab65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0691e923adb83c2715010e4fbdf976e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399f3e0e6f7648ae234b2d8167670eeb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7398a9f8d2c4a7dad675e190eddbaafb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c622cd24150566697479f76697ab65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf84e0216be405cdde86efc9309deefd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>