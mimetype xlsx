--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41b1275bb50753730331c974145453d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78539a1c16c03ae6502b88698f21ea5f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20dad4e8e5f51ce351436cf29da00cf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41b1275bb50753730331c974145453d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9880fed248a6e5f95d16ecdf8c5f45cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3567d50c3f8d18e278936b7d91abf75.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41b1275bb50753730331c974145453d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e2516fffe08e853303265006a88e1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8deafdbefbbb96ae90973dcfa69074dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41b1275bb50753730331c974145453d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6243ae16ee16933c8cd54308fa5a20b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/537c3a8a482b96f6e920e0a28b9594df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41b1275bb50753730331c974145453d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a8221c73babbce6f9a6f25519ad218.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85efff9f949cc6d426daf9e68eb1cace.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41b1275bb50753730331c974145453d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95ea730a2c025f8081c3be76f2768ba1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5972a8d196522914161e4ba644af62f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41b1275bb50753730331c974145453d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51b5b383fe70a7d299c2cdcd34bdc531.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca552c7cb651b8590b7bcb814d28745.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41b1275bb50753730331c974145453d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/562aeb395955b3de0ba3e18986c149ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a876d4938c175aea23f0422769dc1f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>