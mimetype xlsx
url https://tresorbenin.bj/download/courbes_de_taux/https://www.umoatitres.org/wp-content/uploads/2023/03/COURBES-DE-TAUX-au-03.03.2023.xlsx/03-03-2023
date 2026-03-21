--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20dad4e8e5f51ce351436cf29da00cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a2c66634f6b0049e2b3111fcfeaf2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9bd28f2a4cd1cfe61f75398d763e73.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3567d50c3f8d18e278936b7d91abf75.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a2c66634f6b0049e2b3111fcfeaf2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0951cfdcab989b0ef32e3208722bf46c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8deafdbefbbb96ae90973dcfa69074dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a2c66634f6b0049e2b3111fcfeaf2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3febe32c886f694bc731b9eecd3b647f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/537c3a8a482b96f6e920e0a28b9594df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a2c66634f6b0049e2b3111fcfeaf2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b918ec01f67b3234f7061e6299801f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85efff9f949cc6d426daf9e68eb1cace.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a2c66634f6b0049e2b3111fcfeaf2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13a82b803c7792f1580a5f99aa736702.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5972a8d196522914161e4ba644af62f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a2c66634f6b0049e2b3111fcfeaf2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a23f8d9748f651e890fc24874c470f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca552c7cb651b8590b7bcb814d28745.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a2c66634f6b0049e2b3111fcfeaf2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3827cd2e1085446c2a4374c67ae49d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a792566296987d8354b58b75f8d40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a876d4938c175aea23f0422769dc1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a2c66634f6b0049e2b3111fcfeaf2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d62a158af96c30a6b9fc1047a534e3e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>