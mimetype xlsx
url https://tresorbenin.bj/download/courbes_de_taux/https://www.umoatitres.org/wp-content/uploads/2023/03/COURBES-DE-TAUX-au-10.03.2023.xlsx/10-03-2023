--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fbc8f9b5716b5b973df7143fcca248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a13938e6d4bcf47e3fa6f5908c6453.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8728460ec235320bf43550a316bb2e2f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fbc8f9b5716b5b973df7143fcca248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7588c25a7b68ee0a58b13672724db8e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293eab90ed920f31a76571ba933a56d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fbc8f9b5716b5b973df7143fcca248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486c567fe7a0a14b700243a5b8567ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f4d1023b5c88bf252327bfbf2909752.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fbc8f9b5716b5b973df7143fcca248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52969d755ecd49cc931011fdfafbabec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5c80f623a20fc7ee57d2eac7560ebf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fbc8f9b5716b5b973df7143fcca248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0cf70d703774c4eb2b495f954f4fe23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f6a898694b9778d1f983ce0367d0dcb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fbc8f9b5716b5b973df7143fcca248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e8a0904bb067f157a38a550b39500e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4071fb4fe032f3bdbdd1212b07e2e86.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fbc8f9b5716b5b973df7143fcca248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b380f950340590786bf75ff662308aa0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9123f361ddee56180bc5fccc0793ac3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fbc8f9b5716b5b973df7143fcca248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/880d9a13a67303d746a2a0369048d745.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9450be7230dce2a5fac0f2655d42548b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>