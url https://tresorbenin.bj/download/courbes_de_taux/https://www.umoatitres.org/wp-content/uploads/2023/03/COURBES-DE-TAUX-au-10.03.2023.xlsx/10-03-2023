--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8728460ec235320bf43550a316bb2e2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34da2f41eb99ef03275fc54dd50ccf6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1873f6c03532b31f3e33af5600176fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293eab90ed920f31a76571ba933a56d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34da2f41eb99ef03275fc54dd50ccf6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303ed760b78e08878fe66262991857ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f4d1023b5c88bf252327bfbf2909752.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34da2f41eb99ef03275fc54dd50ccf6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c688f78ebc2c6b1d540f59e991af89a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5c80f623a20fc7ee57d2eac7560ebf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34da2f41eb99ef03275fc54dd50ccf6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/930ad61c8e3c6600afdc17cd10a0e4ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f6a898694b9778d1f983ce0367d0dcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34da2f41eb99ef03275fc54dd50ccf6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b9a002e74108c60472b43364c0c371.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4071fb4fe032f3bdbdd1212b07e2e86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34da2f41eb99ef03275fc54dd50ccf6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c713f0c5750a53ced8d27ab4f759879e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9123f361ddee56180bc5fccc0793ac3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34da2f41eb99ef03275fc54dd50ccf6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77c99b10805664539ed32f277fc3d652.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453045f44dce8710e96d88ba76c23597.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9450be7230dce2a5fac0f2655d42548b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34da2f41eb99ef03275fc54dd50ccf6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f166baf464ec792fa5e0160427e9ad3d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>