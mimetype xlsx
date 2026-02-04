--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3506e54254867fa37bc471dc3c4357c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4102678fc52a655561a6baa0a994377.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/378b454c518c96ed14c578a05093527d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3506e54254867fa37bc471dc3c4357c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/767294b9d0d39f6327c74e0b5299e65f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4741f43fa75549c6abcb33b791c75a9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3506e54254867fa37bc471dc3c4357c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5a132948da520a59cfd472edc0814d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eda1a84dd29c19540a3a0aed2b1e6626.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3506e54254867fa37bc471dc3c4357c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c877a9920780dc8624bc705999aad4d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682a0bf57b85759ccde9d323cf828927.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3506e54254867fa37bc471dc3c4357c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/683866a359528f95fb9adfac13834f9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac86aeed421f052ad0f58536e13d53b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3506e54254867fa37bc471dc3c4357c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9b3fa7238908298283cbb036fa47247.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c1382ce2d7c53160f184d7929d79d54.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3506e54254867fa37bc471dc3c4357c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4747c92523c2b3efcedcf8ef08bf1d92.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/783a177bdaee0e2f5107d3c902a1db4a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3506e54254867fa37bc471dc3c4357c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3585b3d3eb52dbc710e31217d6b8e224.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c562beb496b551452fb7974f101e2f84.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>