--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/378b454c518c96ed14c578a05093527d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e03eb08793b085188a0cc71f0017291.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638abe3717111dc6732a75431ef906be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4741f43fa75549c6abcb33b791c75a9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e03eb08793b085188a0cc71f0017291.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d713033b5b33126066ce741b872cb4c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eda1a84dd29c19540a3a0aed2b1e6626.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e03eb08793b085188a0cc71f0017291.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da00a9e66de1535f873648c8352373cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682a0bf57b85759ccde9d323cf828927.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e03eb08793b085188a0cc71f0017291.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacd3ab0a024764ca8685d355bb33e67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac86aeed421f052ad0f58536e13d53b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e03eb08793b085188a0cc71f0017291.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7480c4a5f1253152449c88fc1af2adf8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c1382ce2d7c53160f184d7929d79d54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e03eb08793b085188a0cc71f0017291.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de6bcdf3ea14aa384307af66fa80d821.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/783a177bdaee0e2f5107d3c902a1db4a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e03eb08793b085188a0cc71f0017291.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5671d22632a96a36f84847e0c7d9fe54.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede67dd3e8436b784f58e250b774e16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c562beb496b551452fb7974f101e2f84.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e03eb08793b085188a0cc71f0017291.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce74972699e2a61628befd306636bf91.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>