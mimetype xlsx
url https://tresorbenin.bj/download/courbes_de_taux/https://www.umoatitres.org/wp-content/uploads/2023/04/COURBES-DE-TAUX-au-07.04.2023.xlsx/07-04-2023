--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb96aa27024486e2e221a18c013e9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a495b8f0ffd3dd51629230d0284a327.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275adf96dc3a9c05c23b6801defb4297.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb96aa27024486e2e221a18c013e9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55503feb4598034db879aec7b9b4763e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5ac19591c75ae52df8e7e6f5e3ae921.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb96aa27024486e2e221a18c013e9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4c3277db4d60b9a80b55da0897701c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a597193ac673348aa28937a0bb71ede3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb96aa27024486e2e221a18c013e9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c9a167b6d33bf4a2d4b1c987455706.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203497e71880d5379d1bf4c671dd75d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb96aa27024486e2e221a18c013e9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8445ec2eefbdaa379c65b7278543c3ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a52a665fffc1ad363b286b1626a3fcac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb96aa27024486e2e221a18c013e9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ad1063ab027277bdefc0a377040d838.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5e01b4b0eab179441708de6fc5a2fb7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb96aa27024486e2e221a18c013e9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44bd1a1b90808ef311677aeb5e015658.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c9dbc88a2a67d5f51ac85ee4d564a90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb96aa27024486e2e221a18c013e9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71246167e24c0d45e879c1d1a9d51d96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4de88dbe80a5e4cf56d1dbd0965577.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>