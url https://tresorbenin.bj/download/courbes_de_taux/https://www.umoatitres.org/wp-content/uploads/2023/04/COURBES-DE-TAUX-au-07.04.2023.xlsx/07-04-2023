--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275adf96dc3a9c05c23b6801defb4297.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e10a4d2b78141baa0fc2aee766d02bc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/309bcef69d448a8aad6aab1764008c50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5ac19591c75ae52df8e7e6f5e3ae921.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e10a4d2b78141baa0fc2aee766d02bc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ab504707b4307eb141a531e7d4099d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a597193ac673348aa28937a0bb71ede3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e10a4d2b78141baa0fc2aee766d02bc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b694f686bf45050831eddaca228f117.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203497e71880d5379d1bf4c671dd75d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e10a4d2b78141baa0fc2aee766d02bc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cd367daa9d5bc9c762392d4fd6f448f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a52a665fffc1ad363b286b1626a3fcac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e10a4d2b78141baa0fc2aee766d02bc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24944ddd5812cf409aafaf63761ef152.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5e01b4b0eab179441708de6fc5a2fb7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e10a4d2b78141baa0fc2aee766d02bc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a748f1f7a1b0988c57c01015801a5a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c9dbc88a2a67d5f51ac85ee4d564a90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e10a4d2b78141baa0fc2aee766d02bc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10cfd1511be51adf8cddf4862886c779.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad36fd1936e8c8b577137868a2533dbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4de88dbe80a5e4cf56d1dbd0965577.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e10a4d2b78141baa0fc2aee766d02bc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ad9caf2218546c5016f68884eba09a9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>