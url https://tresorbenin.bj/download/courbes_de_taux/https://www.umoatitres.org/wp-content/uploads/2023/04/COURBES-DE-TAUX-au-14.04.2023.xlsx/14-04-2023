--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36127129264efae75a97aa8024d553f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9957e5a4ce0b30c6827b034259de0385.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/230c6b1ce7fe50d83fdafc0f98854968.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36127129264efae75a97aa8024d553f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e91d20df03ea8542b2843a8655d912a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb37c744aab35dfc40933c0de0f0e36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36127129264efae75a97aa8024d553f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/227d8400f95478775ba090980625cb98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6ea2c3cd4ac6d632c3339be53cba5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36127129264efae75a97aa8024d553f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c287fdea63c2d90357bb162ecaaacc15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4779b781a5e94ce38aee6124eb289d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36127129264efae75a97aa8024d553f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51c084c15d766487c4f823821e6e2565.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/819078a6fefae64bbbd5eee5b77d01ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36127129264efae75a97aa8024d553f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177f8fe60c21fb7293805242d3fa4b34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f48b467d897846ff7e04d4512d31ba42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36127129264efae75a97aa8024d553f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc96ae8b654dc664bd199fe9ae3871af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534d39e0b8dc75075ad8cf4e5d542466.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36127129264efae75a97aa8024d553f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/181d6ca4130be17b376bbf57297a5258.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b7c4b0fdb122d584f2d43390991376.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>