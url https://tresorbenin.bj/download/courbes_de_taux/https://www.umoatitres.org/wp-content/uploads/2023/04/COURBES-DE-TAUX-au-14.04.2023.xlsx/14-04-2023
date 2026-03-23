--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/230c6b1ce7fe50d83fdafc0f98854968.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe85071dd0ad0c5a48f4300cdf8de7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f772da244f9b57e4e7140ac8210a065.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb37c744aab35dfc40933c0de0f0e36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe85071dd0ad0c5a48f4300cdf8de7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c544c149d56d4e40db3d5dbb7fab784b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6ea2c3cd4ac6d632c3339be53cba5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe85071dd0ad0c5a48f4300cdf8de7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db2c5bff28da76653eeb26b261a0897.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4779b781a5e94ce38aee6124eb289d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe85071dd0ad0c5a48f4300cdf8de7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469325e26d9f6f75823b659e6e2a3b47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/819078a6fefae64bbbd5eee5b77d01ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe85071dd0ad0c5a48f4300cdf8de7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54299b142b545f9d186186c4ebb1213c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f48b467d897846ff7e04d4512d31ba42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe85071dd0ad0c5a48f4300cdf8de7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1645c80a4ee35dbeb4946926354f953.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534d39e0b8dc75075ad8cf4e5d542466.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe85071dd0ad0c5a48f4300cdf8de7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7936bdf8b8d8d03d80d5b6fb35f0f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc689a3bc988337a08141dcf06e8b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b7c4b0fdb122d584f2d43390991376.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe85071dd0ad0c5a48f4300cdf8de7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eca71899d677c098603587dc30023db3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>