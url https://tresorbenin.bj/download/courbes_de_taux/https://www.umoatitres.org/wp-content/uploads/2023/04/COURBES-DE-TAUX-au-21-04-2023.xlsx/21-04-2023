--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d320e02516dbf234501b0bdde8db0c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b943c301a6fec430eda55ead16804e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccaae030eeb4826a5ac11728341155b4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d320e02516dbf234501b0bdde8db0c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ca11115ab783152a6e4c087d6489ac9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8082ac70511ea39740bc5d6857554690.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d320e02516dbf234501b0bdde8db0c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db8a529e252cd48204374b5a2606241c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49166417d7e1eb0a623d882277b49fb4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d320e02516dbf234501b0bdde8db0c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f56979cf2d0fe02a5475aea97fa870d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/150209b7d82b4e454ef54dac6a6dbe96.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d320e02516dbf234501b0bdde8db0c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225fa4847f8bfe1a62d3ed344ffabd08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f266aaafe43b4862280e473c58377872.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d320e02516dbf234501b0bdde8db0c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b7dee72c8719a45f235c6b6ecec8c76.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa42cfae8763fa5aef46b5d44bce6758.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d320e02516dbf234501b0bdde8db0c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee7edec0173092277ffa391c4391af1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ec9144442dbbe216b49c638d1166cf0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d320e02516dbf234501b0bdde8db0c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c17116c4be5c3f6bebd4bdaf5ab7e0f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3c8d1f5f0edb1401a12f4635242f1f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>