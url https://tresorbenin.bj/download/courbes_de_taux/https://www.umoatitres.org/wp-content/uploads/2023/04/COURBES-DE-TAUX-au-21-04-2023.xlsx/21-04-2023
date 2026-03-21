--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccaae030eeb4826a5ac11728341155b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08861e4bab28acbddec370edbd4b34c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712f934d7308eeb04bb16c4aa7596f5d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8082ac70511ea39740bc5d6857554690.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08861e4bab28acbddec370edbd4b34c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763c9aa6dc61a8d924176cbab40a1770.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49166417d7e1eb0a623d882277b49fb4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08861e4bab28acbddec370edbd4b34c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f84b5798199d90e759ad56223efd4bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/150209b7d82b4e454ef54dac6a6dbe96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08861e4bab28acbddec370edbd4b34c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c0a35d4b1aeca47382c51efc32fc74f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f266aaafe43b4862280e473c58377872.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08861e4bab28acbddec370edbd4b34c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8af759cdb8eb3080ae1bcf475ddf086f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa42cfae8763fa5aef46b5d44bce6758.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08861e4bab28acbddec370edbd4b34c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315b46123f1fe630f18508b3c4ed2859.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ec9144442dbbe216b49c638d1166cf0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08861e4bab28acbddec370edbd4b34c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad5dda80798ce145cc10c869a5f0fc0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b41eecb46e99279be60c7a5e3a02e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3c8d1f5f0edb1401a12f4635242f1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08861e4bab28acbddec370edbd4b34c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3d455b67355be1e6dd9b7ad6629ba83.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>