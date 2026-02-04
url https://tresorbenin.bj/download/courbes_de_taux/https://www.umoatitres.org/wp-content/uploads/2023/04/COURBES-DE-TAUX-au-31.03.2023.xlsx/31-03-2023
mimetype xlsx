--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856fc1286f91dc2a88ad34f21b09b840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea36eb3204586bcbaa29e9aafd6af262.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329a4e2a79b6440d192e43ab25201ca8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856fc1286f91dc2a88ad34f21b09b840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceaf6a5f1e15038cf185adf7924e4b25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cadad0aa5fa8c33a570da016165156b9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856fc1286f91dc2a88ad34f21b09b840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0eb496466148ef0d10c9c11f424396b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc39a883b75850a8971f1a66848bfcc1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856fc1286f91dc2a88ad34f21b09b840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46da6c6f7e64537b015ad14b69ba0c28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41dd8a7b676ce78290eabb2764d1fb48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856fc1286f91dc2a88ad34f21b09b840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e6b160eca11f4ed745c008e6c42fb8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f8deea9c0d0be0e0e17fe02f35673c3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856fc1286f91dc2a88ad34f21b09b840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/391531279cfd3a6fb2ecf48bb09dcbff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c590ffc81e4b98e89b1c3cea03642abc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856fc1286f91dc2a88ad34f21b09b840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d671cffa99b25432e9a77d354d92271c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d9110b16f8710304fe15a46ebab842.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856fc1286f91dc2a88ad34f21b09b840.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c3f6feacb2a4bcfb36111650e162b55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b11d6cad81bc9250377d1680037ab743.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>