--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329a4e2a79b6440d192e43ab25201ca8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0de9fb39fe18096749d341916df2db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3337a6bff687d4410bb6b03a00fcb70b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cadad0aa5fa8c33a570da016165156b9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0de9fb39fe18096749d341916df2db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9dcd0385a95d9c8c4b0a9fde52aa790.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc39a883b75850a8971f1a66848bfcc1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0de9fb39fe18096749d341916df2db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8503098cc3e0e76e568e0591262cc487.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41dd8a7b676ce78290eabb2764d1fb48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0de9fb39fe18096749d341916df2db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea5e52c208c2cf82568573c4478c1b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f8deea9c0d0be0e0e17fe02f35673c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0de9fb39fe18096749d341916df2db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412f18c2182e3b2c0fced97759496fa5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c590ffc81e4b98e89b1c3cea03642abc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0de9fb39fe18096749d341916df2db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49483db5f69f0d8d11c33b5ec36c0fb0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d9110b16f8710304fe15a46ebab842.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0de9fb39fe18096749d341916df2db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bea0b177748c2e9f19a5c24517d031c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b59ccb631b3ddbee032f53ff7b56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b11d6cad81bc9250377d1680037ab743.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0de9fb39fe18096749d341916df2db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62576e3b5c3a2713e1473ef755f7c472.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>