--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -501,79 +501,79 @@
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="4" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="164" fillId="0" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cbd29eb77a0fc536fb090b19d4297e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1264557431b02319085a245320c0f5a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9651b422175989f3e4669125ce2d7a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cbd29eb77a0fc536fb090b19d4297e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe19c230f03dcbec416185ce2fbaec85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af66a5fb98dd022fdcfd965a2ded25f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cbd29eb77a0fc536fb090b19d4297e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff735869a8990dfaeb7a42e7dde68927.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f744d7b18ff4b22dadf92f289eecddd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cbd29eb77a0fc536fb090b19d4297e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e50208bd02432f80f738189a4bdd7b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/575f246af830086b89e0a8213383412c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cbd29eb77a0fc536fb090b19d4297e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332755e80d767b33239d47a0a13ba24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68000dec68b08311ac6babb77bbeae42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cbd29eb77a0fc536fb090b19d4297e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4d7ef2c2bc7ec4eb7b142c572327685.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8178209badcf95573073fc0451951845.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cbd29eb77a0fc536fb090b19d4297e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a776f8e5bddcb332d2d29c4be768925.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27a501e18a6218ca30d10626b0559d10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cbd29eb77a0fc536fb090b19d4297e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3910fa1d41cc10d05ee480e6aef92660.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44e58ece333ec4bda99a366054ba102d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>