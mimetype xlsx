--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -501,79 +501,79 @@
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="4" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="164" fillId="0" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9651b422175989f3e4669125ce2d7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e63ca875bcfd80d71833712df7ce911a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af66a5fb98dd022fdcfd965a2ded25f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c199435f5cdca73838ba9a0a6b8dfed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f744d7b18ff4b22dadf92f289eecddd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d34f9206311c041e303e4a97942624a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/575f246af830086b89e0a8213383412c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510359fb2b3ac4d8d2243d51f256f43e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68000dec68b08311ac6babb77bbeae42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e586b85de8f0565109d98e020c96558.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8178209badcf95573073fc0451951845.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a67dfe8fbb0680549b306a573e199fa9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27a501e18a6218ca30d10626b0559d10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/603f46bd140039ce070eb67dc0b0c385.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cb04c8838b9706c63763ba6946c321.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44e58ece333ec4bda99a366054ba102d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dbde04ff882f6df38e1ac8fe4e90d47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>