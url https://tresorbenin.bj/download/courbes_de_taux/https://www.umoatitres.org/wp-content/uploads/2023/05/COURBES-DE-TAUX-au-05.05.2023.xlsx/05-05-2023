--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -501,79 +501,79 @@
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="4" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="164" fillId="0" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e63ca875bcfd80d71833712df7ce911a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17888fd9c95bca79642ff54e10468ac3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c3f0459e5cfb6f1c67f1724fdc4eab3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c199435f5cdca73838ba9a0a6b8dfed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17888fd9c95bca79642ff54e10468ac3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de72d160606f6c9ceda28bca061acb45.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d34f9206311c041e303e4a97942624a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17888fd9c95bca79642ff54e10468ac3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0797e6a5c429b34c9360e4300a3cc15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510359fb2b3ac4d8d2243d51f256f43e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17888fd9c95bca79642ff54e10468ac3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07620a9924c387f03205bcceb54fac36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e586b85de8f0565109d98e020c96558.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17888fd9c95bca79642ff54e10468ac3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2016decf9048253adbfd3e40b9608b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a67dfe8fbb0680549b306a573e199fa9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17888fd9c95bca79642ff54e10468ac3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a58e088b8e18a76e7f704c006cad09ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/603f46bd140039ce070eb67dc0b0c385.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17888fd9c95bca79642ff54e10468ac3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1693d2d433f50f940e1c30ce042b0c75.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191fe2100230511eed16b3966389103f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dbde04ff882f6df38e1ac8fe4e90d47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17888fd9c95bca79642ff54e10468ac3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ef500a511a1bd29506566b609b2ae0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>