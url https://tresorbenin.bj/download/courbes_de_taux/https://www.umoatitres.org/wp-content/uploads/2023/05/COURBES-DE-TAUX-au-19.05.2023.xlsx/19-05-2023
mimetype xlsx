--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -496,79 +496,79 @@
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="164" fillId="0" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac18591e2c2a6badfa2e489d922f7d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51c554b8f20210881d7573612a271a3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021cb941da0cc53f35f4dfb51a8eb5bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac18591e2c2a6badfa2e489d922f7d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57f9c45d3e8691d1a03a59abae4b89fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35de3949ef738c391d74a61259611e64.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac18591e2c2a6badfa2e489d922f7d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f51c79e140ada97c77eb5522439f201.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77c88f739c627dbb52c0e7bff54613de.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac18591e2c2a6badfa2e489d922f7d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a82c59fed8f39b0119b1745b541e018.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad45ad342106b6dc1793c450fc13cdf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac18591e2c2a6badfa2e489d922f7d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b3df6ad48159e59ea47ef72ab26069.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6d79f3b0faf68ac205574ed9778642d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac18591e2c2a6badfa2e489d922f7d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4a3f6477cdf7fe8987143d821bbc8d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1765a8cbaa03bc0e31400f4c6f85eb3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac18591e2c2a6badfa2e489d922f7d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed2d1b17831827a54f6e33a22f3094b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc78077638140415c2c45b1888cf0fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac18591e2c2a6badfa2e489d922f7d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a349a448b501e0d177095f87b892db1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d44b25af4138f11ad82be666e8a80028.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>