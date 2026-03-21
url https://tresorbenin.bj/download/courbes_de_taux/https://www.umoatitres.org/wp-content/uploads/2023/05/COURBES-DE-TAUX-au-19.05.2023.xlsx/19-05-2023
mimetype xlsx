--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -496,79 +496,79 @@
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="164" fillId="0" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021cb941da0cc53f35f4dfb51a8eb5bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/254dd31a8dc342bebdd065f2464c3735.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35de3949ef738c391d74a61259611e64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80bcc903c8b5ca375f66b427f9326d80.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77c88f739c627dbb52c0e7bff54613de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a2bcb887ad9a62a5621412e16a99aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad45ad342106b6dc1793c450fc13cdf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b7d47695fa657525a448bef582652e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6d79f3b0faf68ac205574ed9778642d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e66c3cbb16b2233358da72d48c1884.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1765a8cbaa03bc0e31400f4c6f85eb3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55087b8a43dba0d23b71d683ca4a14b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc78077638140415c2c45b1888cf0fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a43cb2ffad4786d0fc570ef37f3d4506.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e48fb072a417df3279f981fdd21ba12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d44b25af4138f11ad82be666e8a80028.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b15e0ccff7b1de1be0eaff188ca1f7e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>