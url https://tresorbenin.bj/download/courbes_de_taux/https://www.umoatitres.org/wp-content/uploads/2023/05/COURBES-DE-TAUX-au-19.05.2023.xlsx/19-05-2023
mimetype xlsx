--- v2 (2026-03-21)
+++ v3 (2026-03-27)
@@ -496,79 +496,79 @@
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="164" fillId="0" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/254dd31a8dc342bebdd065f2464c3735.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b57e841d0714e58afb6ebfaf7f9794.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f87d5585c21b132de9369ce9c587b5f3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80bcc903c8b5ca375f66b427f9326d80.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b57e841d0714e58afb6ebfaf7f9794.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36b5d0c3e37ae87cfaef98ff6150e8df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a2bcb887ad9a62a5621412e16a99aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b57e841d0714e58afb6ebfaf7f9794.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c53faf6f8e9bcca8f1017d58617a1f86.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b7d47695fa657525a448bef582652e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b57e841d0714e58afb6ebfaf7f9794.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60ff68efb8be0286e6d70b347abcb6d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e66c3cbb16b2233358da72d48c1884.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b57e841d0714e58afb6ebfaf7f9794.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779a61840acfe1bb3147a8707c86ab34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55087b8a43dba0d23b71d683ca4a14b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b57e841d0714e58afb6ebfaf7f9794.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f53e6f4761929f0b64dc379400587b99.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a43cb2ffad4786d0fc570ef37f3d4506.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b57e841d0714e58afb6ebfaf7f9794.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7b738f875a01479f696a6b57a1f50a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e6f59fc6a7f893d34f5c3cf885bd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b15e0ccff7b1de1be0eaff188ca1f7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b57e841d0714e58afb6ebfaf7f9794.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adf9f1fe413db64aa8ecee86450d4686.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>