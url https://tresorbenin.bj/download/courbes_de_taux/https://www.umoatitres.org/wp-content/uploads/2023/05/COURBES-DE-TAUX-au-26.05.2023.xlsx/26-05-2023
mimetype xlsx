--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16df3e7b484dad2a54551eebded19d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf32490dbc1af4cf9180f5449ae1897.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88dd7f61fcb6dd9a960b87078de7c1fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16df3e7b484dad2a54551eebded19d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6fc1693b7f148f311c425c05635c623.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa6f9a031ebdeb51beef0efc777070f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16df3e7b484dad2a54551eebded19d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25873b3ec0ae3d13db7ba035100ce160.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad6283be0a7a77aee9fc49c9b56778e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16df3e7b484dad2a54551eebded19d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0429e0ffefc49d888b6119fb7f62c40b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4071240a13c87a7292576936f697433e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16df3e7b484dad2a54551eebded19d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecec345c47a7a059e326fb0ffb3ac00d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c50d728d8332cf031496a8b99ab8674.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16df3e7b484dad2a54551eebded19d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c07c7d89e864c547d2e944966a314431.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585aca5dd43603955baefcfe704b1399.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16df3e7b484dad2a54551eebded19d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da0d5b63274774b3a30ed142a99c90df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705ebe5e44214b010d448b72df5a7a68.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16df3e7b484dad2a54551eebded19d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d19cde634fe9381ab8a496f39310a17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750d10b93712ed786de218293bbde772.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>