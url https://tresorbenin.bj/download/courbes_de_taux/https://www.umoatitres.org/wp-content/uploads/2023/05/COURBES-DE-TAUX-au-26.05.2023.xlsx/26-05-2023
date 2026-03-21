--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88dd7f61fcb6dd9a960b87078de7c1fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b682e020be74c3952db368245147f18.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa6f9a031ebdeb51beef0efc777070f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e572a4b543fe05a16206d2fd5306ac5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad6283be0a7a77aee9fc49c9b56778e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd3af886c3a11412c1cd6913d11f35bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4071240a13c87a7292576936f697433e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/512e7f83b3affa6a5fc8ddb2fe973252.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c50d728d8332cf031496a8b99ab8674.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334a9acae5d0041cbf39194e4ac1ca4b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/585aca5dd43603955baefcfe704b1399.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a29eef089c7a89c5f3be42c5948cd693.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705ebe5e44214b010d448b72df5a7a68.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ee9da3c460e868ff67711cca22fbabe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32f0cb74db5a173ba0b2095954ee4e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750d10b93712ed786de218293bbde772.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8c7f4e287a95576756584fa67a28995.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>