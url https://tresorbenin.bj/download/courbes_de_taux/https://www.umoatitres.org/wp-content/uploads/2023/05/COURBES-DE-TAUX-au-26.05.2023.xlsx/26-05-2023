--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b682e020be74c3952db368245147f18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f13ba9f28eb12d7f1d80b3835fd2a73.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb966b8490270eab4233fb4c0d91531.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e572a4b543fe05a16206d2fd5306ac5a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f13ba9f28eb12d7f1d80b3835fd2a73.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ec1dbd86111d53bd6c0e3793312e087.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd3af886c3a11412c1cd6913d11f35bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f13ba9f28eb12d7f1d80b3835fd2a73.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45e256815bdb55292c586f1e82826bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/512e7f83b3affa6a5fc8ddb2fe973252.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f13ba9f28eb12d7f1d80b3835fd2a73.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bec4f9d87169fd713afff01897e95b88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334a9acae5d0041cbf39194e4ac1ca4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f13ba9f28eb12d7f1d80b3835fd2a73.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62bc59cd89fc8bc75cea76a30045d496.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a29eef089c7a89c5f3be42c5948cd693.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f13ba9f28eb12d7f1d80b3835fd2a73.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3662350ae36b67c9dcc97ca597b95aba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ee9da3c460e868ff67711cca22fbabe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f13ba9f28eb12d7f1d80b3835fd2a73.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c190ee19611edacd94814728d596e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ca9320fd50bc555d4a1fa54ba9d53e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8c7f4e287a95576756584fa67a28995.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f13ba9f28eb12d7f1d80b3835fd2a73.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675a0ba2f81b262e1898414fd2941659.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>