--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333106676d904e6ff740bb95945c31dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45db225dc7a8fb386f6cb195ceb05592.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95f80265e613697d5e06b206e0dbd7b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333106676d904e6ff740bb95945c31dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42fe8ba034343c4aff898d9bd6adadb2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2935b4a04de8e4fb026959f4b20ac226.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333106676d904e6ff740bb95945c31dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1dc078275108463951b5600fd639335.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a479bd5d76eb1df8df22f21f9168b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333106676d904e6ff740bb95945c31dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2fe819c2e7d09711d30b28be5f20391.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e501bc68d76094dca99950fe7336cb9a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333106676d904e6ff740bb95945c31dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db9fcbd7cc11343457f9b8a785b19060.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a9a6b97da643c2e2f42cc4122c7970d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333106676d904e6ff740bb95945c31dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70b4d214137e39e46c3b735fc9df5373.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7bd748d1db69772641a84ddaa1f751c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333106676d904e6ff740bb95945c31dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c14dfd397b631356752808f91b1ea99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa0041141621f2355be73aedd6a15fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333106676d904e6ff740bb95945c31dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dd79e5342644b3a0f40c503838e4689.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a776c07a4296351c32e6ae53d2f06fcd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>