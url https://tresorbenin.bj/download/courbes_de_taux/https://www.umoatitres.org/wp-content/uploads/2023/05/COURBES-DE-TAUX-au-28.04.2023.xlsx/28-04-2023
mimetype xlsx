--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95f80265e613697d5e06b206e0dbd7b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710563015e89751d149ba61cc958f7d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2935b4a04de8e4fb026959f4b20ac226.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec70a87aec2c1e84572ceb1bc382886c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a479bd5d76eb1df8df22f21f9168b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86ba4b3d08a76912b3972211b8e0efcc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e501bc68d76094dca99950fe7336cb9a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa6c4aec69395aab019e558a89abfe65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a9a6b97da643c2e2f42cc4122c7970d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4232a40a61b9a0e1fef2a92627437cde.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7bd748d1db69772641a84ddaa1f751c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ed4bc3bc16292aec8693f91a38cb1a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa0041141621f2355be73aedd6a15fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951a8cd97755b0cb84948c8d6a9e8a0b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5414a736243903eeb86c080398e7b786.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a776c07a4296351c32e6ae53d2f06fcd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cce7294819503321ab79147345ad3d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>