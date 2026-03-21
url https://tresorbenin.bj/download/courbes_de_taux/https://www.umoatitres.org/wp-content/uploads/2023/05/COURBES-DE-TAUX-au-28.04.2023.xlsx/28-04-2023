--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710563015e89751d149ba61cc958f7d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00554d59eae4d4f8d155d61106959cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01843f5aa654f56929ddb045da43a03f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec70a87aec2c1e84572ceb1bc382886c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00554d59eae4d4f8d155d61106959cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453ad7e50619b18bacba4bcddd868234.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86ba4b3d08a76912b3972211b8e0efcc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00554d59eae4d4f8d155d61106959cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8057636f51e768917b44cd668683d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa6c4aec69395aab019e558a89abfe65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00554d59eae4d4f8d155d61106959cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/152598bf0613705288f31cd88595d074.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4232a40a61b9a0e1fef2a92627437cde.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00554d59eae4d4f8d155d61106959cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e88ddb058fc007aeb3792b880c9614d7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ed4bc3bc16292aec8693f91a38cb1a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00554d59eae4d4f8d155d61106959cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2743fe9ff1368c4ea382277fcf33cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951a8cd97755b0cb84948c8d6a9e8a0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00554d59eae4d4f8d155d61106959cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ec5b44955bf88ec12153aec13f5b055.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097257854bc7fbcea6fbebb38863df4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cce7294819503321ab79147345ad3d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00554d59eae4d4f8d155d61106959cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92209597acd52be465e83c122256e472.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>