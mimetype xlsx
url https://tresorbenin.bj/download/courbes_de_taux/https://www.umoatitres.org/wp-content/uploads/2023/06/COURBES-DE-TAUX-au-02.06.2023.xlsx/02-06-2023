--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a10897130d62a6af43b919a25845f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac58ca6cfbfa9131f1599ff8565086bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6acb1e44ff5a5c422aeb544838c2553e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a10897130d62a6af43b919a25845f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398ddbb12561fdeb0454ce556c59f5fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e462d23b451cdcae3d5f9a469b77390.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a10897130d62a6af43b919a25845f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a90965908f3cc05dee6a329c9227305d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966cfe37f7af4c98f62cb4ec97981504.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a10897130d62a6af43b919a25845f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3fc975431836467bc767617b1a5c56c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/894c47d23432df1fb0b3df8840d4062e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a10897130d62a6af43b919a25845f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf76298998254b73b7c32637017fb67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b98551403388a0b9409b2289eb1c31e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a10897130d62a6af43b919a25845f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500d8ae904b1d0a16f6b81835505b50e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5df655065afbdfe04cc4694756deb6f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a10897130d62a6af43b919a25845f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407331e8bf134e4f6894b91ba9343299.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a7a8cf553132a83d34df50424e67724.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a10897130d62a6af43b919a25845f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d38ba14d16a7d10cd7abc20aed819c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/693c5c43d3641cb9bf5c2c767ac97e88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>