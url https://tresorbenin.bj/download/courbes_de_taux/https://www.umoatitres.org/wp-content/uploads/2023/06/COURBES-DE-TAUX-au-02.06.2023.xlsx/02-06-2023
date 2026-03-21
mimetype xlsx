--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6acb1e44ff5a5c422aeb544838c2553e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84948c76719c4bd4e15365871033ef96.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69054447934d25cc7b8008df446f11b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e462d23b451cdcae3d5f9a469b77390.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84948c76719c4bd4e15365871033ef96.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38cfa7e9f051a9c449c117fee9a91a93.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966cfe37f7af4c98f62cb4ec97981504.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84948c76719c4bd4e15365871033ef96.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3819aaac80e24fe95aa0de548a4df28d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/894c47d23432df1fb0b3df8840d4062e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84948c76719c4bd4e15365871033ef96.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ebec84d5ab9d32a1b040fec8de6766.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b98551403388a0b9409b2289eb1c31e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84948c76719c4bd4e15365871033ef96.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2872536ba6318341436ec95b89a9117c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5df655065afbdfe04cc4694756deb6f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84948c76719c4bd4e15365871033ef96.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89ea58dcd7d113b170664c74a298fd6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a7a8cf553132a83d34df50424e67724.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84948c76719c4bd4e15365871033ef96.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c15632fc5ece98465031243fe5b76d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa327750713ce8f976353432cebfc94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/693c5c43d3641cb9bf5c2c767ac97e88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84948c76719c4bd4e15365871033ef96.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403736ff386fd0434d670210726be2c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>