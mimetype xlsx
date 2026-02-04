--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a64343f8d5f072c5b92f9b03836cca6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba61935c72e8723c3284388726249af7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e18896bcd02f3a73d4ff5546e086a1f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a64343f8d5f072c5b92f9b03836cca6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d64e69a1348f71bee5ce70d817a944.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f073cf07b91b65e640bc59551ecae08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a64343f8d5f072c5b92f9b03836cca6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c7af45751a1b893b5dc0afed78985d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a4335813f3ca07e80b267f0a1628869.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a64343f8d5f072c5b92f9b03836cca6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3281098307113dff2e7598ebfb1371cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3405d9e84cccd2ae5b950ee23581926c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a64343f8d5f072c5b92f9b03836cca6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d6350d7e157074c4120f348bc515aab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16dc5b6918d6d8207913cd1ba3b79cb3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a64343f8d5f072c5b92f9b03836cca6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90665251a53db4e08188aaaf7bfdeabc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e67b7e812363f7043fcfb1176ed39e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a64343f8d5f072c5b92f9b03836cca6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b9753a1513c03ac8def81436bbaf9e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293579d19b245ec40cf265f7153bd6be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a64343f8d5f072c5b92f9b03836cca6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6cdc0e6f7098ff039302c5d3b2ddfde.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6e1b09f4403e0b45ebb194e5363dda.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>