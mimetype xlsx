--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e18896bcd02f3a73d4ff5546e086a1f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0559b0e07967dafbd1df64a99c5a2d44.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f073cf07b91b65e640bc59551ecae08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6588601c11e2cf9e52dd081e1f0bb3c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a4335813f3ca07e80b267f0a1628869.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b27b3db9b94643dff09ed85b66c4c412.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3405d9e84cccd2ae5b950ee23581926c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74e9f2f61442e5ce4406d5440526c169.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16dc5b6918d6d8207913cd1ba3b79cb3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853b6f82adf97f6a710a24f3bdce293d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e67b7e812363f7043fcfb1176ed39e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec145760b69488ac5d27951bbfc0948d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293579d19b245ec40cf265f7153bd6be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a48be2c120bdbf373210d23eaceb9ef0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff81cedc858a76c66aacd14cfe9efb0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6e1b09f4403e0b45ebb194e5363dda.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b91828f961ef96c0f98f8d41a45771d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>