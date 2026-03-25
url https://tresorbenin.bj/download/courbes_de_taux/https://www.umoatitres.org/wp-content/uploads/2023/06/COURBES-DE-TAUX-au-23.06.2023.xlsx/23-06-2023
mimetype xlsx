--- v2 (2026-03-21)
+++ v3 (2026-03-25)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0559b0e07967dafbd1df64a99c5a2d44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b11b3f3dca76a35ceeed19f01be19e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4686e3fb19fd9ea36b74c5384ac3180e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6588601c11e2cf9e52dd081e1f0bb3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b11b3f3dca76a35ceeed19f01be19e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09f20fb3b8eaf8405a2df7018a884b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b27b3db9b94643dff09ed85b66c4c412.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b11b3f3dca76a35ceeed19f01be19e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa9acb0484c3fb681df8d4c054b7d1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74e9f2f61442e5ce4406d5440526c169.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b11b3f3dca76a35ceeed19f01be19e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18338a225bec1faf2b3ae0c0888d64f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853b6f82adf97f6a710a24f3bdce293d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b11b3f3dca76a35ceeed19f01be19e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a5516987f85bfd68b9b98ba80c0bd5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec145760b69488ac5d27951bbfc0948d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b11b3f3dca76a35ceeed19f01be19e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ca79d1826b162fab4da2f1cb8ad68b4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a48be2c120bdbf373210d23eaceb9ef0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b11b3f3dca76a35ceeed19f01be19e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c0b0b757181db8ee49fa3925b990903.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff172aced15e62c129619670e271bd5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b91828f961ef96c0f98f8d41a45771d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b11b3f3dca76a35ceeed19f01be19e5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be49dace5696e63a493ab66426254fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>