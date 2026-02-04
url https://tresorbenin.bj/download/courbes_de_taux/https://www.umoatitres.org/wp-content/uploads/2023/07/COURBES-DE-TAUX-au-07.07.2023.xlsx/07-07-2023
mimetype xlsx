--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58fdf825826c3442673947077d6f17ab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/decf1baee74db7eae8dbc445b3649ff4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12e693294cd3ed4f2d060107bb4ccd9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58fdf825826c3442673947077d6f17ab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b7bb0bc12d693dd9fc639c217665fba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9da8d5a1c120dd1661617e9faf2e53a1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58fdf825826c3442673947077d6f17ab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49a2791c5713a28729c99186363bf629.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/526213871f6c89685c9c6c350f6a50da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58fdf825826c3442673947077d6f17ab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9bc009d6c6c41caece97318799f5df4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c35ca879de15b2d4b3a927c80de73dbd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58fdf825826c3442673947077d6f17ab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fed0d80b15805b7d307d4e09594259e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692b1d48b4fedf44ea51e59d5fea9733.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58fdf825826c3442673947077d6f17ab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd99bcbf61883350b22c68a2f6319b5b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c0c3a38a7c723cb11106ea9d705aec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58fdf825826c3442673947077d6f17ab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c2a0b8cd44b7310438ceacb398193bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ada21566246a036c96933b6ddc14c008.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58fdf825826c3442673947077d6f17ab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a575b47673150cb3a7a8d7cfd427ad5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cd4e2decd29d5b7cb38a9c6aadd999e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>