--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12e693294cd3ed4f2d060107bb4ccd9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa23f020b2dc8d89dde3e047a748f3e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42fba56242824953d405f8de6a6d7fc6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9da8d5a1c120dd1661617e9faf2e53a1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa23f020b2dc8d89dde3e047a748f3e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf1d3c7fe54c5c4bf6ce5291bfc9dd92.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/526213871f6c89685c9c6c350f6a50da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa23f020b2dc8d89dde3e047a748f3e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/330929f3f1b4b9e0aabc9921cab2ebd9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c35ca879de15b2d4b3a927c80de73dbd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa23f020b2dc8d89dde3e047a748f3e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f72739cbf920f84ef67eab02080aa07.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692b1d48b4fedf44ea51e59d5fea9733.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa23f020b2dc8d89dde3e047a748f3e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c35e2a2d27caccead0a207c33352495c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c0c3a38a7c723cb11106ea9d705aec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa23f020b2dc8d89dde3e047a748f3e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89578a9441e9ffae67cbe43bf3bc2988.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ada21566246a036c96933b6ddc14c008.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa23f020b2dc8d89dde3e047a748f3e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dadc9b559ddbc64adb4cfb72d65fa7e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470f3e8fca2d06cc24b5385d28ec4bd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cd4e2decd29d5b7cb38a9c6aadd999e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa23f020b2dc8d89dde3e047a748f3e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e048638fe099f2af498611c3207d4ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>