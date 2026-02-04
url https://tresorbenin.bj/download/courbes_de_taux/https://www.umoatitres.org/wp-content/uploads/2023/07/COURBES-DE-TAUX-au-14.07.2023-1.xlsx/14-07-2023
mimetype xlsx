--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539d6e97e3b4d0a3cd9751e4ab6d3edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac23a7329e639f20cbb43ed9679d65e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f2c9c190a3843881d5233309ed43aa4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539d6e97e3b4d0a3cd9751e4ab6d3edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e34db584fb91ea31575c418db053be44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c93524b2237890a4c32467d54cf4ee6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539d6e97e3b4d0a3cd9751e4ab6d3edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd981bb119a6d7a09b6a341f2fe1efb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25042d127a2f12f738d89fcc3b1937c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539d6e97e3b4d0a3cd9751e4ab6d3edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7eed0ef084ebb6d7661b63a2b9264f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401520839b0d4dc5b15e4d71698a87bc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539d6e97e3b4d0a3cd9751e4ab6d3edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a784bc4eb9d4a482a721c96f570a6d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea70a24312a137d8661b4c603b1d1918.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539d6e97e3b4d0a3cd9751e4ab6d3edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90df19541e12339993c50e59f3004ac1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d54f8c2e3f354952223ea09f8a3ed312.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539d6e97e3b4d0a3cd9751e4ab6d3edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf03780abdfff0b2cb32b1a8f018baae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5794919dc8742b29c8f92a9811d840ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539d6e97e3b4d0a3cd9751e4ab6d3edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e935859a8228da954c535f2ec381474.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fdc1ae479cf553796a6f0235ad3f4b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>