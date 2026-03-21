--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f2c9c190a3843881d5233309ed43aa4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5599a619716762f574b0a1d6302c7ebf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcb90d3500241d9c2a201052c8db0f2f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c93524b2237890a4c32467d54cf4ee6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5599a619716762f574b0a1d6302c7ebf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d84f59ca2f68e3b924b5da3df90267.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25042d127a2f12f738d89fcc3b1937c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5599a619716762f574b0a1d6302c7ebf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c16503b0bba6dcd54000dccb34870b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401520839b0d4dc5b15e4d71698a87bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5599a619716762f574b0a1d6302c7ebf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27a882a790cfec7cc631076f89e9b9f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea70a24312a137d8661b4c603b1d1918.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5599a619716762f574b0a1d6302c7ebf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c5254f6a5d0d3f8cb607cb672172c10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d54f8c2e3f354952223ea09f8a3ed312.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5599a619716762f574b0a1d6302c7ebf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a104f76e02aeb6c912dba48865effb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5794919dc8742b29c8f92a9811d840ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5599a619716762f574b0a1d6302c7ebf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393e66c35feba27ab8a3b29dbab7ff8b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940e8e7cd47b25c217adafa560d5d12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fdc1ae479cf553796a6f0235ad3f4b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5599a619716762f574b0a1d6302c7ebf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433de12029f9a8a69e937bd18787e6f3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>