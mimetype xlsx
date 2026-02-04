--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eaaaf93a8c2203e2640fcc57c9beab3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/975ab6bed6a26fb3dda350d747382969.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b48381c2878c43811e5bf520cd98433.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eaaaf93a8c2203e2640fcc57c9beab3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2710450f450772dd2a6117fbd562cff6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b8d6bba326c21b94de9a0a3db69767c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eaaaf93a8c2203e2640fcc57c9beab3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f714ea2df22e492b02f986f22295b6e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb3d14a3dfbaf391d537e21d31c3794.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eaaaf93a8c2203e2640fcc57c9beab3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70aeaa85680169d1f8afd29649b73a7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beeca4c4b6ccd2323fd3d56317eae327.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eaaaf93a8c2203e2640fcc57c9beab3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5955ba4dbda81eb7f4c022328b961d5f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305778533d912ee497def73090815abe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eaaaf93a8c2203e2640fcc57c9beab3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c1251651ab886ff3ab3a646ea45e298.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974a4b7025b6116478c34cd865c6c470.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eaaaf93a8c2203e2640fcc57c9beab3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db510f285ebc6b2f61188bcf1bfa2ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa988b1687c15d5352933b1bf366afe2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eaaaf93a8c2203e2640fcc57c9beab3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99b6465376726ddb49aeb79569c4add4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99085300799b1fca1114af0450b1491a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>