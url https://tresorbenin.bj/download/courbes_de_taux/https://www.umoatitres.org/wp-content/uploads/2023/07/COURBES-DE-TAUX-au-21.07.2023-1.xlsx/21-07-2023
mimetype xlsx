--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b48381c2878c43811e5bf520cd98433.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10a8f22e401771ac8a1626c706afdf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad66d0c9d455b9c17fdd97b81e5cd4d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b8d6bba326c21b94de9a0a3db69767c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10a8f22e401771ac8a1626c706afdf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9a6bfa7d7af6ad0050373d4050c1d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb3d14a3dfbaf391d537e21d31c3794.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10a8f22e401771ac8a1626c706afdf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e47b1e6bd4371c17b680dc1810e2fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beeca4c4b6ccd2323fd3d56317eae327.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10a8f22e401771ac8a1626c706afdf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec92f77e1f906bf3cb1bb346f3a3ae0b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305778533d912ee497def73090815abe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10a8f22e401771ac8a1626c706afdf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314093ce5ba5e0fd83ad473a6a66c576.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974a4b7025b6116478c34cd865c6c470.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10a8f22e401771ac8a1626c706afdf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33c9f9e14ccaf869d99c54709eaefafa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa988b1687c15d5352933b1bf366afe2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10a8f22e401771ac8a1626c706afdf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ab17a9712f3af7d76b51a4adc0ab31.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809822a019dec9e339fd4bafd33ab003.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99085300799b1fca1114af0450b1491a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10a8f22e401771ac8a1626c706afdf8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffab98aa0fe96e2f46045d5eba3130b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>