--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bda1ac7b896a3cc1ac5e4b05792a8db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d35eabd760f7da33feace3cc36f6997.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0292b29fb4f911d17e26e8df6d45784.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bda1ac7b896a3cc1ac5e4b05792a8db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a8da52d25c526e651c693b3621beeb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e5ca14d3a107921be4a95f71114f23.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bda1ac7b896a3cc1ac5e4b05792a8db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fc93a006642ec92a453ca66c16346ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f16a2dac53d6b8037fe75ed3668da34d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bda1ac7b896a3cc1ac5e4b05792a8db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db8862b2f38ea89ee3bfe1dfa7c07b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5ca0f9d69be741961b93fd2a25cd65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bda1ac7b896a3cc1ac5e4b05792a8db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c0ce546fceddc9cf649103e17ffab2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62778ac4c32c87399396551b66755bea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bda1ac7b896a3cc1ac5e4b05792a8db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d03e9ba4bb558352889aae4222e031.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1e875e8c06d14261afdc3d3a78c2b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bda1ac7b896a3cc1ac5e4b05792a8db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af3e0cc63d95a39562f83331938b8dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd5005692876aa20aa1f3de69d375dd1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bda1ac7b896a3cc1ac5e4b05792a8db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eeaadcfc0398b3090727f49901dc8e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db12b7bd6cec2a20c95275958766e862.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>