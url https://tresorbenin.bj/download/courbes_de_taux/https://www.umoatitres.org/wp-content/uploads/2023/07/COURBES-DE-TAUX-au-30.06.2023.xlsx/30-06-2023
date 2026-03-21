--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0292b29fb4f911d17e26e8df6d45784.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993440bd675d39443938ab4cb820c20d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae4fd98a2aa739d63fa794e141bd858.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e5ca14d3a107921be4a95f71114f23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993440bd675d39443938ab4cb820c20d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda2355e9cb104bfacf9e8b3b0fadb28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f16a2dac53d6b8037fe75ed3668da34d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993440bd675d39443938ab4cb820c20d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63ee01dbdf52120f82bcffc9d5291930.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5ca0f9d69be741961b93fd2a25cd65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993440bd675d39443938ab4cb820c20d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa3573eb9ae3e408682ca74ae26335b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62778ac4c32c87399396551b66755bea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993440bd675d39443938ab4cb820c20d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c6b378a17b6b4982cec9a8c0fd5cac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1e875e8c06d14261afdc3d3a78c2b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993440bd675d39443938ab4cb820c20d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f56f862fe1dedbc9880693e9798f25b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd5005692876aa20aa1f3de69d375dd1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993440bd675d39443938ab4cb820c20d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a617340669fe2fb09567c172ceda46.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15888976c1fb90ef7cffd215a698fb9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db12b7bd6cec2a20c95275958766e862.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993440bd675d39443938ab4cb820c20d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/792d886b3c9cff9c7226d14e7b6c9e6c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>