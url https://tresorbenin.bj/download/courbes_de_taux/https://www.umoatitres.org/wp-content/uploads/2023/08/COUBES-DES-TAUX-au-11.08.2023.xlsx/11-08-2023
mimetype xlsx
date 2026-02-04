--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e56c73fe149b09f3ee82ab78a0281da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c682e337077494eddc0d4b441fa5352.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cbcc3d50f1fffaf06dfcae14ebd6403.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e56c73fe149b09f3ee82ab78a0281da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83bb36c20b4258a2c9448272af6b309.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493244fc412f0392cfa03d5d10eb0f19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e56c73fe149b09f3ee82ab78a0281da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1585e0f741fd1167063db1ee3a8bd449.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6014924db9a25549de5cb9dbf0f31abd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e56c73fe149b09f3ee82ab78a0281da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e69c655f88621cac278a414396528b08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e84e769b68d11c3809a199b8b9b53c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e56c73fe149b09f3ee82ab78a0281da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a281d2edb20908b99d7ab1c671ff96b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b05ae5ee7bc8af548f025b15dc498fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e56c73fe149b09f3ee82ab78a0281da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d32ed4fa89adc14c02add59c0bd05370.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4122faf3f56082dbe2b04cc930600202.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e56c73fe149b09f3ee82ab78a0281da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/513b73eec20c6c2b403898a709c2e000.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27e6053185b687a68c3e091c4637bd2a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e56c73fe149b09f3ee82ab78a0281da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2592ba5eae584a5eabdd0abc61d142b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c674913c9907ada1aa710ac542d82fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>