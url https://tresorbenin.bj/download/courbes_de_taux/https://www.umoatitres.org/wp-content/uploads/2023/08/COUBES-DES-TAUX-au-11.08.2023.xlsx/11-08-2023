--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cbcc3d50f1fffaf06dfcae14ebd6403.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6bed0e80a5d7423dad8f12b04d4edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b07e0cb18f1510f31c0a905234cb3345.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493244fc412f0392cfa03d5d10eb0f19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6bed0e80a5d7423dad8f12b04d4edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc9e6115ee1a7677755407868fe158f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6014924db9a25549de5cb9dbf0f31abd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6bed0e80a5d7423dad8f12b04d4edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11e80538955b9d0732bc589f9f1144d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e84e769b68d11c3809a199b8b9b53c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6bed0e80a5d7423dad8f12b04d4edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/045e132b445bb892ae55c306eb4d1d98.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b05ae5ee7bc8af548f025b15dc498fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6bed0e80a5d7423dad8f12b04d4edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d76c9af4b607bdc0e91342fbc223eaf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4122faf3f56082dbe2b04cc930600202.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6bed0e80a5d7423dad8f12b04d4edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98786451b2dd1ce1b219e941162f384a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27e6053185b687a68c3e091c4637bd2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6bed0e80a5d7423dad8f12b04d4edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d76e91ced5e27997264fae4eec82122d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd87a6b0ab03f51b18e0da2a3808dd3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c674913c9907ada1aa710ac542d82fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6bed0e80a5d7423dad8f12b04d4edd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c189c4205caa285a7d300371f78e2ca3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>