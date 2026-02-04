--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6d5c7e625920e33e5394f0139043d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00e47540ef735db2b9ae7bc40a0d2d03.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bed5e1447cf4b68a10e9991da0b0cc49.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6d5c7e625920e33e5394f0139043d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc79a63b5d6f49ca8364be8211678ca3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/444deecfc627150dc82ba789712d689f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6d5c7e625920e33e5394f0139043d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a766ebd9af89407781f95d68a57f53c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ad8f4ccedfd074f5452fb221f9e66d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6d5c7e625920e33e5394f0139043d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5921f9331edd5bdc50d141d4383e75.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae3287dbb7b9671e1c54f124841537ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6d5c7e625920e33e5394f0139043d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd6a315db6a6ab173e2692868da4e180.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a48abe769d2b2f6b2a45ab24b3aaec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6d5c7e625920e33e5394f0139043d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1705ec063479017388313bef537ebf33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea2c8fe911a7a32abbf0b62a3047e57.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6d5c7e625920e33e5394f0139043d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ea93bcfb6be587390c3efab4986b61e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007d7415b75560a4954abef77c3e8d31.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6d5c7e625920e33e5394f0139043d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c0219ae8a2671677c0486e4b4900d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ca2327797a3e7b8bdb46a47bca25929.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>