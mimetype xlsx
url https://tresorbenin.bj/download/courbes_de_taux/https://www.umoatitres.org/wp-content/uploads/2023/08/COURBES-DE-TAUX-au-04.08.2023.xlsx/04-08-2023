--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bed5e1447cf4b68a10e9991da0b0cc49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a6223eb56fc0cb17594f5d96f5c929.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0e081b60579333e044f1c30ebb9655d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/444deecfc627150dc82ba789712d689f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a6223eb56fc0cb17594f5d96f5c929.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7a9f828e2f117db81ddddb623858df1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ad8f4ccedfd074f5452fb221f9e66d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a6223eb56fc0cb17594f5d96f5c929.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/559354e528e28925947f5cc874327ec6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae3287dbb7b9671e1c54f124841537ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a6223eb56fc0cb17594f5d96f5c929.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406d2bb27629af3b30d7fca4284d86a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a48abe769d2b2f6b2a45ab24b3aaec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a6223eb56fc0cb17594f5d96f5c929.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eae09b20422367a2872e6dc104d1e5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea2c8fe911a7a32abbf0b62a3047e57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a6223eb56fc0cb17594f5d96f5c929.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e2fa893c214071ce2df33bff7c04d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007d7415b75560a4954abef77c3e8d31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a6223eb56fc0cb17594f5d96f5c929.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3563ed21dafd2ed53b6c9ad93732042c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f057ba5e63688693a4a0458549f237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ca2327797a3e7b8bdb46a47bca25929.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a6223eb56fc0cb17594f5d96f5c929.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43f27309816bf0a6e6796ec2a72f342f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>