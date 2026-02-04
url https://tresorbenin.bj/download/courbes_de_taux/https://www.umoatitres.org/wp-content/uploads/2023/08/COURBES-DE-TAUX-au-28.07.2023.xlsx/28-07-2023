--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49df58bc8beb8d2a084cf23764ab1b54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f58b595e3a0377deedd90821c637938.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16a58bc8c805f3a46ff0edc3060d32e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49df58bc8beb8d2a084cf23764ab1b54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eca2b891f3a0fdc6c76af226481cad5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b26dbed0584b98d220ed9b022fe739.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49df58bc8beb8d2a084cf23764ab1b54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8b6f05a00c3c1f7d7b109d32bd32c5b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec962d525dcb5b15dcb9c8420c4df547.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49df58bc8beb8d2a084cf23764ab1b54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8b1e9b066f724518b652c4bdde3fb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734c5a8b6cf93b450cef7f1dc4ba3a1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49df58bc8beb8d2a084cf23764ab1b54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55468f2751e602fc6df5820fb96c6547.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33c228c4ee8d160ad90611c82d9d8ea3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49df58bc8beb8d2a084cf23764ab1b54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e6705d9d40b237019343ed23edab6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fefee86c970ea42d74bf7007d1913ceb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49df58bc8beb8d2a084cf23764ab1b54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89aa986ecd8556767c0c0816ab3fba74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fc30a6241081c80019ce16633305c7b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49df58bc8beb8d2a084cf23764ab1b54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe90ab3f8e8245b35a2a674211a47e06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053e9bfc1f6d05143c40ac44dd562d65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>