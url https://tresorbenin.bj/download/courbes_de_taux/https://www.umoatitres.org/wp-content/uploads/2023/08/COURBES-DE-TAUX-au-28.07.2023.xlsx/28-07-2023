--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16a58bc8c805f3a46ff0edc3060d32e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2f078341ce982b6e3fc29fc768db9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad5700b71eb4331937ade9909777a37d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b26dbed0584b98d220ed9b022fe739.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2f078341ce982b6e3fc29fc768db9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/390b35cbd38e406e4d45cca3dc99664b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec962d525dcb5b15dcb9c8420c4df547.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2f078341ce982b6e3fc29fc768db9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a07ef51426e966f0e56d7d1aeb9e3fa4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734c5a8b6cf93b450cef7f1dc4ba3a1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2f078341ce982b6e3fc29fc768db9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fd993d4a4646fb9a01ab1290b0613c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33c228c4ee8d160ad90611c82d9d8ea3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2f078341ce982b6e3fc29fc768db9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3b45079497a169f460128341693f37f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fefee86c970ea42d74bf7007d1913ceb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2f078341ce982b6e3fc29fc768db9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d2127ccb347768d698c32d30e56cfcd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fc30a6241081c80019ce16633305c7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2f078341ce982b6e3fc29fc768db9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225c6423015726b6f1ae01ad74a9dbda.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3355c273ec25d658b7ca69db2756e135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053e9bfc1f6d05143c40ac44dd562d65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2f078341ce982b6e3fc29fc768db9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0212c637dee56243ee327c0d98a685e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>