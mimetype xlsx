--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3df08be0a3b68de287118fdda61c958.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b0f3af03e5a946d2d86099943aeffae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c12ef481de35991f51f1bd96693b6c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3df08be0a3b68de287118fdda61c958.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c2411310d4a797d95f744ee6699105.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21580ab9e28be6df9e3901035f652c4f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3df08be0a3b68de287118fdda61c958.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78749f8e56559938e3b59778e3d401f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96390fa96a7500f709d2c9830985c837.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3df08be0a3b68de287118fdda61c958.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc0bf1f4bcede65b6a075d1f3bfdb32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32dcc47e8113a6de73360507ff6b4953.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3df08be0a3b68de287118fdda61c958.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7de7ab9733659b4b2456bebcdc177c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d2f59eba92a936c4a7640f93d3ec692.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3df08be0a3b68de287118fdda61c958.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c1cdcde1356641ae768a28a26efea5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e0dce2dd5a6a52de517bc87a139e34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3df08be0a3b68de287118fdda61c958.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b0f93fc8d1fed1a5ad08e21e43f047.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23446cd770c6d469446ef3ee2da706c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3df08be0a3b68de287118fdda61c958.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951ad7ecb11361cd9d0efcb619c09553.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/776ce5cf61f459129812d52428d4128a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>