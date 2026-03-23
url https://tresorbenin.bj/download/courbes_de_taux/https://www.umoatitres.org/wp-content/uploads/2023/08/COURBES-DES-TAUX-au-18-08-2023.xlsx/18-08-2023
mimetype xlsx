--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c12ef481de35991f51f1bd96693b6c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a1e302f3561f747ae70dfcbeafc9e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f42b95f86002d8404443aa68c45f51a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21580ab9e28be6df9e3901035f652c4f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a1e302f3561f747ae70dfcbeafc9e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90ca22301332207fbd789ef44502f5e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96390fa96a7500f709d2c9830985c837.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a1e302f3561f747ae70dfcbeafc9e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d4243a10e9f2dbc7285b198558ef27c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32dcc47e8113a6de73360507ff6b4953.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a1e302f3561f747ae70dfcbeafc9e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3264f02252a4455da6c1e50846bfa2a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d2f59eba92a936c4a7640f93d3ec692.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a1e302f3561f747ae70dfcbeafc9e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8a511f37a2648f3f076cf9b179ee729.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e0dce2dd5a6a52de517bc87a139e34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a1e302f3561f747ae70dfcbeafc9e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07970190f9df4d4891059d076f9980c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23446cd770c6d469446ef3ee2da706c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a1e302f3561f747ae70dfcbeafc9e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65a681adee271d2f0290af4cb25b806f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671ed296b78d2f77d962d8ec97d332f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/776ce5cf61f459129812d52428d4128a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a1e302f3561f747ae70dfcbeafc9e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec79291faa774a5f42747aaf0edff608.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>