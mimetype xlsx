--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de36701ddb68f8206b34558029b4f5ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ef349e79610913c7b6e4f1218efe66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13ca26798c244774321936fbe6830cd9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de36701ddb68f8206b34558029b4f5ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e851c34fe4d4a00030cc11da56b2d4fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39a5b1da5f8a841e2758ad72f776117a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de36701ddb68f8206b34558029b4f5ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96706fe389826c19439333bcf7b56504.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46d3d090eae423867a93cb8ca869ae56.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de36701ddb68f8206b34558029b4f5ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d20559cc1373a1da7c194a0eb3430e3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b81bd41e976ea4b7aca02ee2064e1c05.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de36701ddb68f8206b34558029b4f5ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1100900f0f4ec0a4d0fdf87b78fa37b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3712f3c5215f74aadd5f4157ae849abc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de36701ddb68f8206b34558029b4f5ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a39d56a323f65ae07b070ea72f8280f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82356e7f5d305814de921cadb48186d7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de36701ddb68f8206b34558029b4f5ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffeb4cab2b135a557de02bf91adb14e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/135de99b4a97c6f2754ca969c8b375ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de36701ddb68f8206b34558029b4f5ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2642b670997413cb4262f8d54346c8e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c26e89e437d539ca4f8f74cc159227d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>