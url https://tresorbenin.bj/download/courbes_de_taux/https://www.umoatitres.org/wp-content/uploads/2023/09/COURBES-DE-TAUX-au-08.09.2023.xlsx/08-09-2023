--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13ca26798c244774321936fbe6830cd9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db786d232c69d8a8d2d45efd74ce013.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c3d6bdb339e9ea3de549d9769fb8ec1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39a5b1da5f8a841e2758ad72f776117a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db786d232c69d8a8d2d45efd74ce013.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0599065d9e9e495b5c8a147f9fad97e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46d3d090eae423867a93cb8ca869ae56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db786d232c69d8a8d2d45efd74ce013.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8677979f73d582d30e5f62497a3d0ec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b81bd41e976ea4b7aca02ee2064e1c05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db786d232c69d8a8d2d45efd74ce013.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c996a7b271ae090bf82e6369100016f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3712f3c5215f74aadd5f4157ae849abc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db786d232c69d8a8d2d45efd74ce013.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b91c72eb6933e36df150f4ad4d2fa8d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82356e7f5d305814de921cadb48186d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db786d232c69d8a8d2d45efd74ce013.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1528c5eaef0c9430c8dd1a47c9df11bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/135de99b4a97c6f2754ca969c8b375ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db786d232c69d8a8d2d45efd74ce013.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9023a68b834743cd4ef81812a8f21e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be7baf786508bb2546efc10945eb9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c26e89e437d539ca4f8f74cc159227d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db786d232c69d8a8d2d45efd74ce013.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e20b76b36ed081691e00eed4199f1510.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>