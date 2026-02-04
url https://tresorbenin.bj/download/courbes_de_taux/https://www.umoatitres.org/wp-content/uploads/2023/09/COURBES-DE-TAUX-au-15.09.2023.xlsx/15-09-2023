--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5359cf83b03a894e6bb727c78a7569f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a3a0784fa76f566630eb02e55059522.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a12a96cfb2fb41d456f7d4e8e297a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5359cf83b03a894e6bb727c78a7569f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18cef1b4153aba072fcd8a6d48245fe3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da682d0d673bf1163fcc482c121affd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5359cf83b03a894e6bb727c78a7569f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64137502d2687dd7bd671707682b6a06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a890e38022d2ffc04e4b58d64a71215.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5359cf83b03a894e6bb727c78a7569f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b1e2fc9d6920ddbff1145be883a585.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0caf774561feb095e4b31132a7687075.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5359cf83b03a894e6bb727c78a7569f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef47e08877ff8fffd5aa8a8043b7ab74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1008be545b453193a0e5c5dfb88b5082.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5359cf83b03a894e6bb727c78a7569f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70e90223e2f9332b1b60384d4b80c5f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a91f553c78e2626382210cb028b1ee3c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5359cf83b03a894e6bb727c78a7569f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d3f569eeffddc0d64cadcb125f1a18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0848d356d5b30291290bb434d07c87.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5359cf83b03a894e6bb727c78a7569f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332b85c6215015f78e5f8e63985da74b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7286d7d7dfdbae98277cef3f2b2faab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>