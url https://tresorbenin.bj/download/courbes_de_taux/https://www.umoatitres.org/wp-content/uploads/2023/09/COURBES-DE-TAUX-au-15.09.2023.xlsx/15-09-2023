--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a12a96cfb2fb41d456f7d4e8e297a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d7b9fdf14cf355abd3dc084255d2555.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da682d0d673bf1163fcc482c121affd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4697003d69919ce112bf7e3f5ff77c85.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a890e38022d2ffc04e4b58d64a71215.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec35dd7953e487aa7152a984dd55bd8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0caf774561feb095e4b31132a7687075.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e15a1afa0cf45a3062eb4cad5a6ac4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1008be545b453193a0e5c5dfb88b5082.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38b4ef65ad9fab7e42a891181b6586d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a91f553c78e2626382210cb028b1ee3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c21d4e40eaf90dce33661ff940d3d042.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0848d356d5b30291290bb434d07c87.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bed2cf30ff0706d2109986d575e10ff6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a3dcf2bf64db22dc4a4fc8a63eda2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7286d7d7dfdbae98277cef3f2b2faab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9466972de80caab9e6c5d4a0d4d36cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>