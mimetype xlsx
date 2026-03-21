--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d7b9fdf14cf355abd3dc084255d2555.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5dbb53b3548d7aa63739c89e8a9ffb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fb835cea3ef4bec6065abe3c0b5f96e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4697003d69919ce112bf7e3f5ff77c85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5dbb53b3548d7aa63739c89e8a9ffb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5f6175374117c6661be41d64d99b47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec35dd7953e487aa7152a984dd55bd8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5dbb53b3548d7aa63739c89e8a9ffb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce7469b268b4c0497e2ef3270e0810de.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e15a1afa0cf45a3062eb4cad5a6ac4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5dbb53b3548d7aa63739c89e8a9ffb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c07b6e3e1242bd8f1dc0b066c2c48e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38b4ef65ad9fab7e42a891181b6586d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5dbb53b3548d7aa63739c89e8a9ffb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9f542a9998f96607a1b793bf6409ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c21d4e40eaf90dce33661ff940d3d042.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5dbb53b3548d7aa63739c89e8a9ffb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99b4753714772304dc0d0922df3994dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bed2cf30ff0706d2109986d575e10ff6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5dbb53b3548d7aa63739c89e8a9ffb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd5d463089479fc5caaaf45ec098ee26.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83c34ba320945b372aa4683089733c0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9466972de80caab9e6c5d4a0d4d36cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5dbb53b3548d7aa63739c89e8a9ffb5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ea361e46ee91dfdb0943e78f64f81dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>