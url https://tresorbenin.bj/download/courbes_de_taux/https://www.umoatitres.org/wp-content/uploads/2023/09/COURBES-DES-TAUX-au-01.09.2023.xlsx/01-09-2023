--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ac74cba5ac5731670fa83a2a19d4b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522bd4e15c22e0366f11d789eee112d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24980bd5d3571977dfddba5a776c84ba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ac74cba5ac5731670fa83a2a19d4b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbdeb31b26034c6fc238c8f3128862d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e4eccc77c5b1865c0aa82d69978395.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ac74cba5ac5731670fa83a2a19d4b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbbc80f558d46f2267931fcb31d05a61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b8962a97f1d1ede9ae73b44b7ab54c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ac74cba5ac5731670fa83a2a19d4b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1dcc69875ee563c8639208edc53967b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b3cfedfcc2080cd60b8f79b36127b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ac74cba5ac5731670fa83a2a19d4b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3015d8a8e145e3c5e7f100c06a86aca6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8763afc137bd59d7732ff6a14776cb28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ac74cba5ac5731670fa83a2a19d4b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc3fb372ed1b4b936abcc22ec5cedf8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0748c73e33c06d1e2635da4760474500.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ac74cba5ac5731670fa83a2a19d4b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f252ff4de89c79bd05b90c9bc65d320.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34db5b9c9b6e27a1cbf60410c645e41d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ac74cba5ac5731670fa83a2a19d4b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e626c05f4628ea198008eeef331808.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c451edf739b68e58e0563b4571fdabc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>