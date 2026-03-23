--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24980bd5d3571977dfddba5a776c84ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380c554561cd228fb819e758fe67dfd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dfe729de071846b0eb1ba8c25df9728.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e4eccc77c5b1865c0aa82d69978395.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380c554561cd228fb819e758fe67dfd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31e0d440c77aeb960188da8732f13bdb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b8962a97f1d1ede9ae73b44b7ab54c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380c554561cd228fb819e758fe67dfd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d7c9ee85cda18aa37bfe824c9d6bbb2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b3cfedfcc2080cd60b8f79b36127b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380c554561cd228fb819e758fe67dfd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df020a205235d0f48e6a93729aea8790.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8763afc137bd59d7732ff6a14776cb28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380c554561cd228fb819e758fe67dfd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a9176691cbe327f5eb1c351beea7e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0748c73e33c06d1e2635da4760474500.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380c554561cd228fb819e758fe67dfd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174af963d8b3a1893f0dcabc9906acde.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34db5b9c9b6e27a1cbf60410c645e41d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380c554561cd228fb819e758fe67dfd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1aee1a8f7f8cb28934950031a69e259.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895fec604810af031af65559ffcec397.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c451edf739b68e58e0563b4571fdabc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380c554561cd228fb819e758fe67dfd9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66d7c1b1956fce7147b5d3f316a11873.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>