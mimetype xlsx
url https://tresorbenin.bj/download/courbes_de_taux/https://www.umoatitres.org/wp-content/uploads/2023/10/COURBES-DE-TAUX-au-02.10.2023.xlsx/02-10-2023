--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c0c90d4df55695b2c5d93236817808.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823beacad42de0545ad8e7ea04c32862.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cab22c015b6509871f99af3123bac16.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c0c90d4df55695b2c5d93236817808.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3057ed3e91fbe770d21c3585b3d2f02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71421a80fedd25c310d8aec02e15d1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c0c90d4df55695b2c5d93236817808.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5f6aa905c86a1f2ae363924409398c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c2a6bc530730b332d8fb344cde52d26.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c0c90d4df55695b2c5d93236817808.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c5b35411daeb15a0aa6d6a9bb4d6a88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1b032859d10e63642359bbaaefb85e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c0c90d4df55695b2c5d93236817808.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85fa9eb302b091a3790f5d481a289d02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe6626d8f0524aef0a8669af333ec410.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c0c90d4df55695b2c5d93236817808.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dff6967d3e207320e6dceaeab530e89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f090c18fd441af910da75d2194fe272.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c0c90d4df55695b2c5d93236817808.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990090e2c3a5303fa7868815954c8a72.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71aa5ad2a3efdecf0788110dcf9a715.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c0c90d4df55695b2c5d93236817808.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb099101da097bda127d06b010022fdb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f42c8ccb38a7729174acc35d65c0c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>