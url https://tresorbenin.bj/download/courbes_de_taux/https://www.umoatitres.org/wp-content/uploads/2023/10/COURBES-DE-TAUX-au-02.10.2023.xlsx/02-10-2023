--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cab22c015b6509871f99af3123bac16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f544611ae1e2572ebc3ff59e706ce195.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3335104ea2df41360c70319f74f6c6a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71421a80fedd25c310d8aec02e15d1b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f544611ae1e2572ebc3ff59e706ce195.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f41bbb8eb4e3fff745936a42b252ec8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c2a6bc530730b332d8fb344cde52d26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f544611ae1e2572ebc3ff59e706ce195.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e651a2664e5d99c2eb61efec3477edf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1b032859d10e63642359bbaaefb85e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f544611ae1e2572ebc3ff59e706ce195.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c24f96761e1cd435b4add297551a23.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe6626d8f0524aef0a8669af333ec410.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f544611ae1e2572ebc3ff59e706ce195.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3d649d71f8a97cdaf896d6619fb252.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f090c18fd441af910da75d2194fe272.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f544611ae1e2572ebc3ff59e706ce195.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f324df447217ca442a519d92f6f535c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71aa5ad2a3efdecf0788110dcf9a715.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f544611ae1e2572ebc3ff59e706ce195.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f61d7f436740ee5d795493232171ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f148c8390e83639b201c4e214454ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f42c8ccb38a7729174acc35d65c0c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f544611ae1e2572ebc3ff59e706ce195.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92f44d8f53f5f7106499d87fe11ca323.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>