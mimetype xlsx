--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9d65932c9f2606e88d2c4dee7a3d6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa001a470523e31f6f5ba8fe38b4c9dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f93f9cd2884f348900bcb7290a59a3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9d65932c9f2606e88d2c4dee7a3d6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2497bc09df29925398f068c4629f1c4c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09ee5064f1fc2ec510c90de4b73082e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9d65932c9f2606e88d2c4dee7a3d6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee18841e35294b2c7fbbdd4b98aa5d0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b9474c472e210027af26f453573b12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9d65932c9f2606e88d2c4dee7a3d6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8368626a3c541e4bf6df899e930e3cf8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03003abfc319f9f67ea6b34b218d4cc9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9d65932c9f2606e88d2c4dee7a3d6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbb986e13941eeafbf1b635a982491d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7285c4d01e8dc77ca3e02f6cad441db5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9d65932c9f2606e88d2c4dee7a3d6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe2ffad1d451a3fa84107bbafcb4853.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cbd95c4451204330749114d0067df23.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9d65932c9f2606e88d2c4dee7a3d6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d639ea7aa2bcb3dd9880b601042a5e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c8d2087d22b83b13457329c2940146a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9d65932c9f2606e88d2c4dee7a3d6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca94cabf1eb253c802146ed4219469d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36b9bc4896510e25d80af46454e79cb6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>