--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f93f9cd2884f348900bcb7290a59a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fb0b92334f4a6f6fe0f8916ca8985b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37e5bbbf906d06648df31b7f867d0eb8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09ee5064f1fc2ec510c90de4b73082e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fb0b92334f4a6f6fe0f8916ca8985b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e1743815dcbbe26f73502fe0c00a99.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b9474c472e210027af26f453573b12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fb0b92334f4a6f6fe0f8916ca8985b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1fd7ce1e6438543b470364757154306.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03003abfc319f9f67ea6b34b218d4cc9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fb0b92334f4a6f6fe0f8916ca8985b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93d88c8edea1320569340ba20ae67c1f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7285c4d01e8dc77ca3e02f6cad441db5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fb0b92334f4a6f6fe0f8916ca8985b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a9b8d475a891477c253d4e1bb582e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cbd95c4451204330749114d0067df23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fb0b92334f4a6f6fe0f8916ca8985b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4629a9736f7971151ed68abb984fbfbe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c8d2087d22b83b13457329c2940146a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fb0b92334f4a6f6fe0f8916ca8985b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3705981f2a4736c5370fae96332ef705.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81eded604b55224ee9d1f8ded06fd2e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36b9bc4896510e25d80af46454e79cb6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fb0b92334f4a6f6fe0f8916ca8985b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1369464b5496614fe9e2de17fc79f90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>