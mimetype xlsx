--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3af43e95c544187a8b348f80dc5b11b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f8249cf8f20ff6b565656ee844728df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2240faa92f51bf9d2fb184019f156675.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3af43e95c544187a8b348f80dc5b11b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e455ee4260ea471cf0f93fac80d56c0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01c164e70bbf7ab7701a8aebd3051438.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3af43e95c544187a8b348f80dc5b11b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82071a8c20e83e0ff66390f9abcd9f63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa1a10070937de27c6e8ed7d85f1999.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3af43e95c544187a8b348f80dc5b11b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6057b42010b9b55ae95ed71f80cd6e73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492300e501ef6a128bd1114aff282bbc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3af43e95c544187a8b348f80dc5b11b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ba2a11a625ac51f9d0155683afe671.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f0493edde864f9d8b4bff8ec8a155f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3af43e95c544187a8b348f80dc5b11b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e973a5b3a8b6ddf5609a421447454f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a0d73fb03fe5668b3c18b3f9356499.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3af43e95c544187a8b348f80dc5b11b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cdb010f2f5bb337de8aef919d4bb19e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1dcd8969a249ca73abbb10377c822a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3af43e95c544187a8b348f80dc5b11b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ec6ec47cdd3994740fa3de7e36b99ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/216d83737bd0c6ef1beb2d39abb72ba8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>