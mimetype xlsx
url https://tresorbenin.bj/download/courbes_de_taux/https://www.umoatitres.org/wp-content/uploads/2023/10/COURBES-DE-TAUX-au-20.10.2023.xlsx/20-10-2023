--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2240faa92f51bf9d2fb184019f156675.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6efb26f7ba330b8c78cbffb87b45d8e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c48fff6bc721d03ea642846545641b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01c164e70bbf7ab7701a8aebd3051438.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6efb26f7ba330b8c78cbffb87b45d8e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14399504cd741d7f87e192a6caf5774.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa1a10070937de27c6e8ed7d85f1999.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6efb26f7ba330b8c78cbffb87b45d8e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7904c670ced40646e92dd6a5345c644c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492300e501ef6a128bd1114aff282bbc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6efb26f7ba330b8c78cbffb87b45d8e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb77330812cd4a65da3daed904dd0733.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f0493edde864f9d8b4bff8ec8a155f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6efb26f7ba330b8c78cbffb87b45d8e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708630f47f093901036f873f9c0418ba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a0d73fb03fe5668b3c18b3f9356499.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6efb26f7ba330b8c78cbffb87b45d8e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19fdb6efc8de45373d0797b8210b4b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1dcd8969a249ca73abbb10377c822a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6efb26f7ba330b8c78cbffb87b45d8e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f262a66358f5c7e8ed45e7f358935bb5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad24add45da3ba24dda23a3afa3793b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/216d83737bd0c6ef1beb2d39abb72ba8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6efb26f7ba330b8c78cbffb87b45d8e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d1baec23cc1b49367c13eb2cb2523c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>