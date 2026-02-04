--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac41011fd9e34dd52896e13a990c01f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a8274ecc87d7c64a5c669d852d650e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7af8a895775c6fa32e95608f82748b10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac41011fd9e34dd52896e13a990c01f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd775091fd2c42b947dbe63cdac00d42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf916989061c93546e9476306ffb9e19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac41011fd9e34dd52896e13a990c01f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9f94b8ac0b3b4d5bde9a5a7594f1a1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7ec6bd10df752d2a9fda178964160e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac41011fd9e34dd52896e13a990c01f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d478c0348ec9ff2a109db0c6327e366.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5785adf94ceb5d344a41bcf5cdadf147.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac41011fd9e34dd52896e13a990c01f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77bd7b78e88c35048ac3653afe74034b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce66f2ecbbae071caa442380bfb7653d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac41011fd9e34dd52896e13a990c01f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21eb03da08a086fd94beb23f7db2cb36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79efba70b0638668abc3718c28f650fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac41011fd9e34dd52896e13a990c01f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1f203fc8d43ad818afc592eaca24c42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c143c968b6828c50862bf1c3afd11c9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac41011fd9e34dd52896e13a990c01f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1adbaadca48667e7d229d01377be7baf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa528e812cd93c1cddaa64fc9e5e67d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>