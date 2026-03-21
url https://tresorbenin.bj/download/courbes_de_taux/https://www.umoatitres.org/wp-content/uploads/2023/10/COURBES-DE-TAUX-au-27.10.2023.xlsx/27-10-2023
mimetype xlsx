--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7af8a895775c6fa32e95608f82748b10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c0665d07ad315a0ea7c6f4777b92b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823c793c6676edb046b4e9c0a723d21f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf916989061c93546e9476306ffb9e19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c0665d07ad315a0ea7c6f4777b92b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c27a9a8b38ab8c3acce19c705c6b7da0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7ec6bd10df752d2a9fda178964160e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c0665d07ad315a0ea7c6f4777b92b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b6d3a41280881a9764bfd9d0772f2a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5785adf94ceb5d344a41bcf5cdadf147.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c0665d07ad315a0ea7c6f4777b92b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9798a0b72dc7cc94e27ac99605606587.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce66f2ecbbae071caa442380bfb7653d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c0665d07ad315a0ea7c6f4777b92b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f19a592414354676266023f12399127.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79efba70b0638668abc3718c28f650fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c0665d07ad315a0ea7c6f4777b92b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f07691bd88af6a13561beed2a969ea6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c143c968b6828c50862bf1c3afd11c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c0665d07ad315a0ea7c6f4777b92b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59f9e2d5211b3b3c53aeabc311a7e87a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15af8a67eff09015b71d6722656bca62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa528e812cd93c1cddaa64fc9e5e67d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c0665d07ad315a0ea7c6f4777b92b3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53675dd2054d3ecf8d0427dab6c7ca4d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>