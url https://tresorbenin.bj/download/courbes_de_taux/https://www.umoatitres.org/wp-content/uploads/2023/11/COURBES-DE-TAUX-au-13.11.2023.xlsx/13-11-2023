--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4a2f5f3d36f8b7e0e20765e2113a122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dae6e343ad2f0caa1b31080f23e7c38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411313a116f77f735c4916c9591d8c2b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4a2f5f3d36f8b7e0e20765e2113a122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29517eadafcd65b7de54aab2d5f977d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a987a15f6a9e1c1df3d18dd3ec942bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4a2f5f3d36f8b7e0e20765e2113a122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3bd45486bfd66f8910f3d4a8e714df7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62c77d73d1722c63781cf1296e82fa93.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4a2f5f3d36f8b7e0e20765e2113a122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bba38ba1f19520e3bfbe9fb7efe1666d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9b4b29a88a79edd51f7b17f7421b2cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4a2f5f3d36f8b7e0e20765e2113a122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba36dbd5c81541342c5b8d9971464b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa57ba565f2fa2ee7eac3c625dce42aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4a2f5f3d36f8b7e0e20765e2113a122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f36cea3c771c8921b17b35015ab0a98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57461f47f7159f4e12c2ecf211926ef1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4a2f5f3d36f8b7e0e20765e2113a122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdf4daafbf630b13d89155c15fd42ae9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11192cbcec6ef4001a3ed8756715c3fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4a2f5f3d36f8b7e0e20765e2113a122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92fe38cdcf6a40022c7932df96a37ab6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8c49480529b496d8b347af3dd3770a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>