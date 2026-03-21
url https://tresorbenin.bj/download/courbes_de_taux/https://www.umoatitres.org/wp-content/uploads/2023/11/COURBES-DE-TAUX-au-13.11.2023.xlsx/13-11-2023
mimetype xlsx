--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411313a116f77f735c4916c9591d8c2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5144edf93984b47933ab65261541032d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ba25733b0da857520435fc842857c8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a987a15f6a9e1c1df3d18dd3ec942bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5144edf93984b47933ab65261541032d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a60e89f24fd491feae4f5361f5f303b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62c77d73d1722c63781cf1296e82fa93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5144edf93984b47933ab65261541032d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb20b96280860156120c3f95d97888a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9b4b29a88a79edd51f7b17f7421b2cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5144edf93984b47933ab65261541032d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c77607db972a1fdef123d8a24f3b9a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa57ba565f2fa2ee7eac3c625dce42aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5144edf93984b47933ab65261541032d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25ef3b2bf928563e6a854a7608049606.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57461f47f7159f4e12c2ecf211926ef1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5144edf93984b47933ab65261541032d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12076deb100e43e0988b34726c37f2b4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11192cbcec6ef4001a3ed8756715c3fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5144edf93984b47933ab65261541032d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/543d7f2e7d5413e1050338191ad6941f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c8625466b9ac68d29fe8b06256773e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8c49480529b496d8b347af3dd3770a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5144edf93984b47933ab65261541032d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52acb28da9f605cac5ce212b430cf007.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>