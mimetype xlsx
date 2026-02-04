--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd9b8f9d576899fc117e921d3628c4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96ef56b014776a58cd374348f875e0b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1d160efed1b1574453429e8e099c7b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd9b8f9d576899fc117e921d3628c4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c56a6ec2204cabede6c98081e6e131.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da2303686b274d3bffdfef2bbafff885.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd9b8f9d576899fc117e921d3628c4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d43ac44a3e64cc4eaf5f22158307f80.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4e857e4df63f809fd603f0b41b3d125.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd9b8f9d576899fc117e921d3628c4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b80aadf33630aea74516e06cd179b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2707120d0e8bcd1b2ed84632f021e713.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd9b8f9d576899fc117e921d3628c4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721dc1d8909fea6a49d099347c20f729.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/593060f3d580720e3f9dff6fa1f0f46a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd9b8f9d576899fc117e921d3628c4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3411f454f394ea42bb35f52b2963b2b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3833b0c63e5a295b969a5a8265a16ddb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd9b8f9d576899fc117e921d3628c4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81791119a64683ada3445fb9d879c7c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3edc4466d069b9ec15e208978035e976.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd9b8f9d576899fc117e921d3628c4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1416427b22dc728995a17a8fab7225ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60d280536cb39b3c9d6c6bc2cb5eac6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>