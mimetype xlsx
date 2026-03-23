--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1d160efed1b1574453429e8e099c7b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3cf68b7deb8e93bd73ac99856e5897.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c8c6910457f0ddb9a901b95488178eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da2303686b274d3bffdfef2bbafff885.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3cf68b7deb8e93bd73ac99856e5897.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50fc91695293c9958c415ee5cb972e23.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4e857e4df63f809fd603f0b41b3d125.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3cf68b7deb8e93bd73ac99856e5897.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6036a819409e9557c7116f2efd077377.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2707120d0e8bcd1b2ed84632f021e713.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3cf68b7deb8e93bd73ac99856e5897.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/550822b9f999d507a4675d95eadbe21e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/593060f3d580720e3f9dff6fa1f0f46a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3cf68b7deb8e93bd73ac99856e5897.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f62babfb416a17dfd71ba3c2b838e5f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3833b0c63e5a295b969a5a8265a16ddb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3cf68b7deb8e93bd73ac99856e5897.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592e0a1c2b6438df802fced59758f3f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3edc4466d069b9ec15e208978035e976.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3cf68b7deb8e93bd73ac99856e5897.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f9231286be8166506e67d5e1ed7737d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b5040e8287d264552da354de2ea23f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60d280536cb39b3c9d6c6bc2cb5eac6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3cf68b7deb8e93bd73ac99856e5897.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6d0a395c5a522e541ce03ea1c49eeb5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>