--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff2629b644f384490f7d87844f12ccf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd839151a183cd070756a65fbe908f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/562f5f2b70a538996e3f6c3cd70e689e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff2629b644f384490f7d87844f12ccf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83969ce86bc373fab9c628f475145f0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7a1d32fda5ced9a9549da86697f5d3d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff2629b644f384490f7d87844f12ccf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eedfc7d8434898e739d519287ea30fe2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b35fa74c5401d6fb1819b8219ccad11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff2629b644f384490f7d87844f12ccf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22560b22b4e283e7cd5660e25ab0d41d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b95211117a48ad7ebc9e8d3d535e26.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff2629b644f384490f7d87844f12ccf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8cf226405aa29b3010ccaa218fd96b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcaf23f72552e0ccc5f6fb33e70dd360.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff2629b644f384490f7d87844f12ccf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5eeec4694011bb755af767e3c9ca4fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bca794993b7c3b528e1a09838f948570.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff2629b644f384490f7d87844f12ccf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1411d9876de16469afc906633d96b271.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af4d39f0063214a529b2e7b33ed7901e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff2629b644f384490f7d87844f12ccf9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed563fca719b83e116a910590a11953.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b396cb67962a8b5493bd26e144b2958.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>