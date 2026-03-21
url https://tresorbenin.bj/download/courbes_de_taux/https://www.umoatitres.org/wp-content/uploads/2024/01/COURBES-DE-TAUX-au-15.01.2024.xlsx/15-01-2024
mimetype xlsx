--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/562f5f2b70a538996e3f6c3cd70e689e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4d21d6b6d8142bf055e81e53527249.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde54992f7d168e35611718efcbfa0d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7a1d32fda5ced9a9549da86697f5d3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4d21d6b6d8142bf055e81e53527249.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da992a94263d536fef6c9b90476e285d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b35fa74c5401d6fb1819b8219ccad11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4d21d6b6d8142bf055e81e53527249.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59765b72e5c14fc1b50ed7b0672d5645.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b95211117a48ad7ebc9e8d3d535e26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4d21d6b6d8142bf055e81e53527249.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aa22c827117a30a321f24cfb1ffbb31.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcaf23f72552e0ccc5f6fb33e70dd360.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4d21d6b6d8142bf055e81e53527249.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ce93f8a3490eae639a3974704d832f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bca794993b7c3b528e1a09838f948570.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4d21d6b6d8142bf055e81e53527249.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b5d32a1ad47b1986f38133c62b056e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af4d39f0063214a529b2e7b33ed7901e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4d21d6b6d8142bf055e81e53527249.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b438db1b913ea7dbe3e418f8795333ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26847f8b394583263287f51aa188ff3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b396cb67962a8b5493bd26e144b2958.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4d21d6b6d8142bf055e81e53527249.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36361e70e4dca3f7b98239be0b31dccd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>