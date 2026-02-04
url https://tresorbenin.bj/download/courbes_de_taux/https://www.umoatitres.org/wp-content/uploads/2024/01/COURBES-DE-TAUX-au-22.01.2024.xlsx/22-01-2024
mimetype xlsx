--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79b560148ced125bc0b300b587a33c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6adcf5beea52b70bad26412a45e28c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07e799045f6793f0a375529e729a768.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79b560148ced125bc0b300b587a33c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4647e3b6734703115a85b493e0a62930.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6fbef13b594d2162df402b26e949ce4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79b560148ced125bc0b300b587a33c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87920e6cf3a168e57593c0f0200ee9a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c1fe60132de20a20aa0d7ea7471d0a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79b560148ced125bc0b300b587a33c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2602b4fa0678e0ec6155a604c90e71e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6c22279e40d0aa41a216f8129f7af46.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79b560148ced125bc0b300b587a33c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/173ce47dc2ee253eb9e3ed5ab372db96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb0a9387da650a6b9679b43e1cfcdea5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79b560148ced125bc0b300b587a33c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf42fd1b95d0df28c3f81d9381aaf245.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370e7a0d9af178350ec8f4cf17730ccc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79b560148ced125bc0b300b587a33c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5e70b103f0791749174b86d98147ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebfbadb791ab3eeec643f9ae37ab4957.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79b560148ced125bc0b300b587a33c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a8dcf92ad63bb2e8702f6305610dda7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b37201b6ed3bf296ae6f1f299ba9bc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>