--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07e799045f6793f0a375529e729a768.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7de2c30bd2623790a915c84a8a53e2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e27554e685719ea60cc0caf12fbac98.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6fbef13b594d2162df402b26e949ce4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7de2c30bd2623790a915c84a8a53e2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ede07d0ce5e1a2c2d11b3324c5511168.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c1fe60132de20a20aa0d7ea7471d0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7de2c30bd2623790a915c84a8a53e2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b63cc0965fad8e7ff62aedea4ad68c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6c22279e40d0aa41a216f8129f7af46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7de2c30bd2623790a915c84a8a53e2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59282dca2bcb2f28acb5ce9e161a392c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb0a9387da650a6b9679b43e1cfcdea5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7de2c30bd2623790a915c84a8a53e2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8044cebcb620ad354a6c3efbc4fac483.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370e7a0d9af178350ec8f4cf17730ccc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7de2c30bd2623790a915c84a8a53e2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2802e3fe8d5ee66aeb83cece5d21d186.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebfbadb791ab3eeec643f9ae37ab4957.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7de2c30bd2623790a915c84a8a53e2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/520901cb4339eb00d4f79d0f999d3380.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105ab9a1bd5c78cb0012c700aee12e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b37201b6ed3bf296ae6f1f299ba9bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7de2c30bd2623790a915c84a8a53e2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b7948de7db7e11c377a1b6ceac3d8bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>