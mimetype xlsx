--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1d7039c10c31a397ea373698943a8d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16dbbbd8d5e1e77fb1ff2a88e2996d77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59308be5f7364431492825f01e1faf7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1d7039c10c31a397ea373698943a8d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a509cbd034adfd0a09e8ba66c0927c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c704d378c8b68ff78e427cc3e728c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1d7039c10c31a397ea373698943a8d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95bfe24269b94f1727e60395211aa68b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252003e1cd7b12f5c517745e14dbdce6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1d7039c10c31a397ea373698943a8d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76b9a3e5e57aa94ec56865128fb7e2bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38c5790cec8daed777f4ca34a755abdf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1d7039c10c31a397ea373698943a8d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/928859e40abcdd71ed3ec94a18b96403.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f70354357b0b114b8536c04d6882ec65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1d7039c10c31a397ea373698943a8d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5604de6c99e806a0ddc629883b58574.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43cbec8810e9673742dd5ec7341b1a7b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1d7039c10c31a397ea373698943a8d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0d5df328dfc4ebd5574b65739300a2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f2eb8f65d9f8cc093f0598c641215a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1d7039c10c31a397ea373698943a8d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48640f6fc9272e43dc4d1005162fdda2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281b1d2e3bd10f667448b43e4c2c1bc1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>