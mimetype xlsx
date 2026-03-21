--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59308be5f7364431492825f01e1faf7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75498d18bda0cbdf79e1068eeecd809.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a57fec327dfd4adbc98f18d5f5ca35.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c704d378c8b68ff78e427cc3e728c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75498d18bda0cbdf79e1068eeecd809.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/342328c214ca1ff482efcd675cad7a81.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252003e1cd7b12f5c517745e14dbdce6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75498d18bda0cbdf79e1068eeecd809.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ddad10462a648074ed8f906c5a10185.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38c5790cec8daed777f4ca34a755abdf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75498d18bda0cbdf79e1068eeecd809.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40561a67377dad8a0e6ffced75305739.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f70354357b0b114b8536c04d6882ec65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75498d18bda0cbdf79e1068eeecd809.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b80e339bc045841a762a001b40936d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43cbec8810e9673742dd5ec7341b1a7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75498d18bda0cbdf79e1068eeecd809.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0371f0e3925cda6da32bfa8436c064e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f2eb8f65d9f8cc093f0598c641215a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75498d18bda0cbdf79e1068eeecd809.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a531baf3ad3d5c1771a3e39af59a02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430d6287bfeb5f3e1282cbdc088c4351.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281b1d2e3bd10f667448b43e4c2c1bc1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75498d18bda0cbdf79e1068eeecd809.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fb47a5c05813c575a58a28bf24f9eb1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>