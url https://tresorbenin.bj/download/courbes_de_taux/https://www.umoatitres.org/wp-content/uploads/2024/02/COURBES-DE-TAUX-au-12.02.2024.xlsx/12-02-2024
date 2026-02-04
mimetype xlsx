--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118b6e18ae37a4c854cdd811f70f336d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015edde93710265a2bb4e5cc0afd6596.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d42affcf7d05a59ace446e2f34c1abd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118b6e18ae37a4c854cdd811f70f336d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416d1cb12378f143e261939a646dbdf3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5201f3d30dde4c206ad75358b788e155.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118b6e18ae37a4c854cdd811f70f336d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5642240a692c238a30726359c13cab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ebaf08d0382dac4e667f6b9bedbf59d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118b6e18ae37a4c854cdd811f70f336d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6642b9431ed1b2279c69c4e5cff19399.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a71f2a694e0ade6550d71da6394b2af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118b6e18ae37a4c854cdd811f70f336d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf5b574a41b96de36ffdad8b2941724.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deaff09d43ff9b78fc8b814fd81ff09c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118b6e18ae37a4c854cdd811f70f336d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc10031c50d520b9e9a75568d32c4b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6db4c5be6bdefaf326db1f3f44484cd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118b6e18ae37a4c854cdd811f70f336d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726c26a041da041b3cf02061850b8334.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c59b00034bc3b34094398ce033230695.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118b6e18ae37a4c854cdd811f70f336d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3addf650ca87778cc0c601675e64974.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6f51327fd30966dd5851057c5302155.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>