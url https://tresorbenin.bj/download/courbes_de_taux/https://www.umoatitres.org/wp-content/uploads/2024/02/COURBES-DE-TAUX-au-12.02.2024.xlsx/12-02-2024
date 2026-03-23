--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d42affcf7d05a59ace446e2f34c1abd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f835befcf8e9634bfb9b5c7e72cbbdcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04e544669128cff0af7148830aba5637.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5201f3d30dde4c206ad75358b788e155.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f835befcf8e9634bfb9b5c7e72cbbdcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a77b3b3e05f77fbc28fd1ecd3f2cd5e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ebaf08d0382dac4e667f6b9bedbf59d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f835befcf8e9634bfb9b5c7e72cbbdcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fc37dbed885b6cb42234aa8247f3514.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a71f2a694e0ade6550d71da6394b2af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f835befcf8e9634bfb9b5c7e72cbbdcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370506b0d7ccfce53792d3612005f7dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deaff09d43ff9b78fc8b814fd81ff09c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f835befcf8e9634bfb9b5c7e72cbbdcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823f9a2abc0ec0345a2f681d6e13ddf0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6db4c5be6bdefaf326db1f3f44484cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f835befcf8e9634bfb9b5c7e72cbbdcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85b1dc06bdb24f6ef12def3588e98d01.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c59b00034bc3b34094398ce033230695.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f835befcf8e9634bfb9b5c7e72cbbdcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a52734a3ced909fbdc8efea106843bf5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b2dce1dbb8cede92afb4052314a083.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6f51327fd30966dd5851057c5302155.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f835befcf8e9634bfb9b5c7e72cbbdcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23ac0b5ee379576a6f68b58618bf0e73.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>