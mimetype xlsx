--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b36553268d5705cdeec6c3b7b177a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff43b1a8f404b2aa7548613bb7920000.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4387d9b01d0ca22388bb76845bac3752.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b36553268d5705cdeec6c3b7b177a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a68962fc9b702a756821c513944f8024.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e83f8daa8bcb693a38b6a2a281c338.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b36553268d5705cdeec6c3b7b177a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c91196e9358d39a8821aee84f38ffa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7fc85512a21f54b0951faaf769ac92b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b36553268d5705cdeec6c3b7b177a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08decf34fb45391b41e01a900c946aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/507f7bab234f7ba23d6e31056c1caf39.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b36553268d5705cdeec6c3b7b177a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b6d094103ae33591907d222810b9c3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28e158d4187406f3c2be46a4956e816a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b36553268d5705cdeec6c3b7b177a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8dc7362a25e4d8386c7306793947f53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce4b7ae6f787e288dc6f363bd02162b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b36553268d5705cdeec6c3b7b177a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a58dbd8652f59c21bc908c97f892ecec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cff4387a228676dc9d087c84fa3952dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b36553268d5705cdeec6c3b7b177a5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f085582ccd28580446d36317c01c68.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deb21daf8dfd04702ca9ac4fb424eec3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>