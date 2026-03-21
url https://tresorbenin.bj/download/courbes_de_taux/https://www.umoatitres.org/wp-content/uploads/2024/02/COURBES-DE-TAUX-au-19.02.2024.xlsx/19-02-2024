--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4387d9b01d0ca22388bb76845bac3752.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7ebf1966a4665d94c084f316576c31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae4f970c8e82555ac1f583f081a63706.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e83f8daa8bcb693a38b6a2a281c338.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7ebf1966a4665d94c084f316576c31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c7376c6d032511a1995214f15d6b37b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7fc85512a21f54b0951faaf769ac92b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7ebf1966a4665d94c084f316576c31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f20b7fb51c3011e16f783f6908fd70e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/507f7bab234f7ba23d6e31056c1caf39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7ebf1966a4665d94c084f316576c31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b2117452e03159b852037213ba2738.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28e158d4187406f3c2be46a4956e816a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7ebf1966a4665d94c084f316576c31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d386c6a526af72fac8294f90c4e185.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce4b7ae6f787e288dc6f363bd02162b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7ebf1966a4665d94c084f316576c31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5971015f8fffa1ddd65edbe4274cf940.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cff4387a228676dc9d087c84fa3952dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7ebf1966a4665d94c084f316576c31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b8febc5011293b02ebe18eabd672b1a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b8659c06872db32677b2f74ec6b8e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deb21daf8dfd04702ca9ac4fb424eec3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7ebf1966a4665d94c084f316576c31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e39c2ed9ee300c90d04e6dc0aa0635ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>