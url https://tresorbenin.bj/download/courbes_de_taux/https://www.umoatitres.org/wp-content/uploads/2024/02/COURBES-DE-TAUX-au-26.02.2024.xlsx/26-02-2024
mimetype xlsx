--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/983b92b312355f37ac9d05f1bde5e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b525c0ef00dd58dfe570bd43e52a108b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ba17b3584d63d4943f25e6dea949620.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/983b92b312355f37ac9d05f1bde5e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2214f936135df36cbe0956009919213.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e85872ce8421a7f21ff762958dbce618.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/983b92b312355f37ac9d05f1bde5e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03fd22edccb2127de673e1d0df8a2fcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99b10b246b987651b6fd627fcec471a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/983b92b312355f37ac9d05f1bde5e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f487f310e476ee2a628e527adc4325.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8fc54e5d14f32e12b91bc8b4caddd7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/983b92b312355f37ac9d05f1bde5e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f6d9a8e1feaeed0e90fb343a0098735.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df972f62e637ececd498ece7234431c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/983b92b312355f37ac9d05f1bde5e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ca2c1bb1e791807a6b90dbb9d381e1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a158815eb3c649b3137e8ba01483cdd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/983b92b312355f37ac9d05f1bde5e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94e1798d7a9182cf7ba527f03e80b13e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d8b8b5dea5be8af28ab8b1525f5c318.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/983b92b312355f37ac9d05f1bde5e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f24f078b0923e13fec3a2cba94e05f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26cb810a464f0ac84ba4334f2da7d95b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>