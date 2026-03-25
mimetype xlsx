--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ba17b3584d63d4943f25e6dea949620.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12a41e02bf693ec214f6e8cb7046f31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebb5db9569b2d1bfb716f770785b368b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e85872ce8421a7f21ff762958dbce618.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12a41e02bf693ec214f6e8cb7046f31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ce8baead661de31bd7ad4ccfef15f47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99b10b246b987651b6fd627fcec471a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12a41e02bf693ec214f6e8cb7046f31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/286d50d9f9b70947b631cbd34b716097.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8fc54e5d14f32e12b91bc8b4caddd7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12a41e02bf693ec214f6e8cb7046f31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4843228182b5fd01d63fd50233af03.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df972f62e637ececd498ece7234431c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12a41e02bf693ec214f6e8cb7046f31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa344bad68afbfd9586feb6e0aa5873.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a158815eb3c649b3137e8ba01483cdd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12a41e02bf693ec214f6e8cb7046f31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d7a3627e95f9b68119e15c605c3271e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d8b8b5dea5be8af28ab8b1525f5c318.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12a41e02bf693ec214f6e8cb7046f31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7870d5fb66a8bd98cd3d3c5021bc3b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8432f6d398692d27e9cbb5076ffa9fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26cb810a464f0ac84ba4334f2da7d95b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12a41e02bf693ec214f6e8cb7046f31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8075c75b095b2aadb78603b005ec62df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>