--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884d345e3f3ecd76f4a4131f8c45441b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf2a4f6745cfdfa738ee951251a3b75a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd096540e4d22ff0440495fee7480855.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884d345e3f3ecd76f4a4131f8c45441b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82f587353304501a3ec35059029136f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d56e64df67925a1192bf255e3e29184a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884d345e3f3ecd76f4a4131f8c45441b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa28296c6927d29c5638af3996094574.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afee4ea17e239bcfcd0c120c2c50d50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884d345e3f3ecd76f4a4131f8c45441b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802c025a82b22ba9431c6441420c3c42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfa88fdaf040e0124dc437c0a6b82709.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884d345e3f3ecd76f4a4131f8c45441b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7139c8af33721b6dc36675f3a036304b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ccb3ae365b0913147c1cdb581a9bf73.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884d345e3f3ecd76f4a4131f8c45441b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28e43684067cd20b8decb1b4d580b015.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509c60e47fe78f814000ccfaf6c54217.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884d345e3f3ecd76f4a4131f8c45441b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34c87b1a81259469ae36bfe90af468c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b38943be713a4aaa9007337536b8f33.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884d345e3f3ecd76f4a4131f8c45441b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ed31a1a1a42d4772af146e64bd2481d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9fed81e42fb73525f50270fac72ab76.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>