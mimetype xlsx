--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd096540e4d22ff0440495fee7480855.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd8901c8371498680186c9921705884.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d56e64df67925a1192bf255e3e29184a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361cfa148c91ec7612e0810d9552014a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afee4ea17e239bcfcd0c120c2c50d50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec07fb42e0ed2d5267f9875102db581.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfa88fdaf040e0124dc437c0a6b82709.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06d5e3cfaf007370c523a511d77209b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ccb3ae365b0913147c1cdb581a9bf73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203ca6fa0ef993b605aa6ca5c7efbda4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509c60e47fe78f814000ccfaf6c54217.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cefc4f6e1d3972ae801ea3a7bb88430.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b38943be713a4aaa9007337536b8f33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b4b0dfa9cf8b9f5e0c664f490925840.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b201356383d14a49838738e8af382b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9fed81e42fb73525f50270fac72ab76.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e250311b609f105a251d43d40854669c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>