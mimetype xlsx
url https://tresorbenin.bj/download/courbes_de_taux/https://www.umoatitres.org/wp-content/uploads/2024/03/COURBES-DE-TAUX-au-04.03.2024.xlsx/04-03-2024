--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd8901c8371498680186c9921705884.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0cfe9f8c73a4a38614bfde7cc84215.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cbf8c21797faf4a8834235fe12b5d98.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361cfa148c91ec7612e0810d9552014a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0cfe9f8c73a4a38614bfde7cc84215.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fde8a299de95e8d40bf45c8bcee27d5b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec07fb42e0ed2d5267f9875102db581.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0cfe9f8c73a4a38614bfde7cc84215.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f8a472267e3b0d898fada8674930ba0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06d5e3cfaf007370c523a511d77209b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0cfe9f8c73a4a38614bfde7cc84215.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07d4ae1e6a477b275499ca289c6dafb8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203ca6fa0ef993b605aa6ca5c7efbda4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0cfe9f8c73a4a38614bfde7cc84215.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a282b65c11ad2dbc1db5d9a4c25ec95f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cefc4f6e1d3972ae801ea3a7bb88430.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0cfe9f8c73a4a38614bfde7cc84215.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3d1adf44037312baa27c76582ee40b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b4b0dfa9cf8b9f5e0c664f490925840.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0cfe9f8c73a4a38614bfde7cc84215.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01fe20909860f40a56db601a0dc889e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8e91d6a9eaefe7f95415d2b1ebdff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e250311b609f105a251d43d40854669c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0cfe9f8c73a4a38614bfde7cc84215.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed9bae90239bfea723cf74817ce03fa7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>