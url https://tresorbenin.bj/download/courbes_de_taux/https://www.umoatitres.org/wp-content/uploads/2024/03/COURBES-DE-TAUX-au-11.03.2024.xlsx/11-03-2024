--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a601a4e49650f8a86b0fdc1239f321ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7cabbe4a354a36001f5c594b328a7ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8f14f9190d9c981078ac2412f786f22.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a601a4e49650f8a86b0fdc1239f321ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d618c50da0e79987e1f570dfc7be1a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e971d4294453a63a9b4538a94d4cd7af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a601a4e49650f8a86b0fdc1239f321ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad1c53a7e7b92c5203895b3fd816ad2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976ceb7185b859d0cc97bb2a94b16781.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a601a4e49650f8a86b0fdc1239f321ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02dca739ae9d89e521460c6bf4ed870.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b0f943c5602ae606cc13096e0c9d8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a601a4e49650f8a86b0fdc1239f321ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d1bf9473e11a2242cf60c00e07d983.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b94236b3565cca10b01855762a75f26.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a601a4e49650f8a86b0fdc1239f321ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/179d00bfe95e84287dbc0f08199d6321.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0812976a0f922adcc2b3e9bf426f52c7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a601a4e49650f8a86b0fdc1239f321ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b450ceaa8429493d77a62ff0354a61b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7cc39c7ef5a56a1787092e71963f0ac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a601a4e49650f8a86b0fdc1239f321ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99e13eb826c77ceaafdbeed8b86875f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f3a52b96b682861e9fba9e26e5c9e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>