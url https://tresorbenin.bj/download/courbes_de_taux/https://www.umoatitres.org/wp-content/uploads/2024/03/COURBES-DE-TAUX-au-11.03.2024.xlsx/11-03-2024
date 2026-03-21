--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8f14f9190d9c981078ac2412f786f22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f615d9a584c78f635959d431984fa6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2c6e140943dea6774b01e8597f85323.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e971d4294453a63a9b4538a94d4cd7af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f615d9a584c78f635959d431984fa6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c1285d9b16e952ce2525d37929cfd36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976ceb7185b859d0cc97bb2a94b16781.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f615d9a584c78f635959d431984fa6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39864bdd249bef300e4083a15846f5ae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b0f943c5602ae606cc13096e0c9d8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f615d9a584c78f635959d431984fa6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ec42c8201915dfd4c0f063ff5d46b3e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b94236b3565cca10b01855762a75f26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f615d9a584c78f635959d431984fa6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec26688b086cd0ca42571a2f2574de8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0812976a0f922adcc2b3e9bf426f52c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f615d9a584c78f635959d431984fa6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7df3ed934ba945da14ca0ff1d43aeff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7cc39c7ef5a56a1787092e71963f0ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f615d9a584c78f635959d431984fa6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1978dd0f7df1035f1443a756e45c83e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b89b119a837d576f64631aefc596b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f3a52b96b682861e9fba9e26e5c9e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f615d9a584c78f635959d431984fa6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28699d7540f87e1c061f5603d3d6f246.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>