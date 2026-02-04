--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b54e5e9b3aacf30304c88c51444d78c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82ed03d8f6167a5757a79f34b56d89b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00bb1019ccd47e2e07045c497b7e0cc5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b54e5e9b3aacf30304c88c51444d78c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa69e046da94f37efdbac5f092f1f1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f441d68183d9de9509f18209c729ffd3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b54e5e9b3aacf30304c88c51444d78c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae98766e750899071f500e80e81b18b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07114143beb2912ad6ea8f7ed4ad73e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b54e5e9b3aacf30304c88c51444d78c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4dddd8feb10a604448d499b27173a96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38c40f7610817f656026e846bda2896.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b54e5e9b3aacf30304c88c51444d78c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5c540c12720f2f1399deffbec31779.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe24a610ffa175bb7e636e42d367d1e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b54e5e9b3aacf30304c88c51444d78c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d760ae3d0b1151a966d4d0d4e01953f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70aed550f67d9adab38c7bf631c17c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b54e5e9b3aacf30304c88c51444d78c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caf26341040cdb5e97a34a31c38a627e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79fc6b4a7c7cfbef090ec3aec3b6ff7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b54e5e9b3aacf30304c88c51444d78c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fef1cecfd14624967c26f2930226140.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a805052cb225455f50aaf9af6f578f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>