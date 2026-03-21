--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00bb1019ccd47e2e07045c497b7e0cc5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300e6b1bd12b8ee05ad18c883683924c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29fcaeb5fcce80d3139f070afd6e60dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f441d68183d9de9509f18209c729ffd3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300e6b1bd12b8ee05ad18c883683924c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bbc1c020f8666f556850376ff173fec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07114143beb2912ad6ea8f7ed4ad73e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300e6b1bd12b8ee05ad18c883683924c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1888884de2c9c3f3607755f08d1cd4b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38c40f7610817f656026e846bda2896.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300e6b1bd12b8ee05ad18c883683924c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d97b381cfdccd5cd827356286764f8d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe24a610ffa175bb7e636e42d367d1e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300e6b1bd12b8ee05ad18c883683924c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31e5344a11c632d267278ae2e17a1351.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70aed550f67d9adab38c7bf631c17c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300e6b1bd12b8ee05ad18c883683924c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8a6e9b70f4205cd2e54286e49938ae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79fc6b4a7c7cfbef090ec3aec3b6ff7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300e6b1bd12b8ee05ad18c883683924c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a2323d47764bbe9c938afaa597ef98f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933bf0fd74941e94ec98d630c50e2fb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a805052cb225455f50aaf9af6f578f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300e6b1bd12b8ee05ad18c883683924c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bfd5f80a5b21b0dd7db434ee93ce847.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>