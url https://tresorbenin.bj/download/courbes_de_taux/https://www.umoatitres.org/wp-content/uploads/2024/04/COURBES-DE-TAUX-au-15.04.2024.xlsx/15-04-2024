--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88435263ad98998bc264a0e29725325f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be3f33dfc91e310b549b155da35cc3d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8309020163fc4c55ddee9648f2dd4787.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88435263ad98998bc264a0e29725325f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aac9f22e8a3694f2755c78799fb4b9d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7da49c008878b0688a277843eed564b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88435263ad98998bc264a0e29725325f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97a0b24274c6112a209b96db1410354f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee5956c1321d35adfd18371bba7266e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88435263ad98998bc264a0e29725325f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c572f75f4af033b0b09605e6a7445ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50854d01f4bf8fe3e235e864ee6fb8d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88435263ad98998bc264a0e29725325f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c172ff56805bb60767e4e2e18a42d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893912e791d8c02d37f3eeaf7a38f5c9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88435263ad98998bc264a0e29725325f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5127dc9aa6f73d1d0974999996cdc324.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6967c5b47bf8131b3ea05e4b62b2d99d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88435263ad98998bc264a0e29725325f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b1c43b90e28d7eb2b868ebc3fc63fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2ac7fa51acbcff8c26b0025032d0d57.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88435263ad98998bc264a0e29725325f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73996bfd31ae323ef1331ddbd61aaf29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe3970eca254febb655bcf184542a986.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>