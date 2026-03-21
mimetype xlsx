--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8309020163fc4c55ddee9648f2dd4787.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f34ce8be108cc1c186851db142c6957.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4566d1b8ca7d7b22aa043bfa88c2b1f6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7da49c008878b0688a277843eed564b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f34ce8be108cc1c186851db142c6957.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da8edc80594beff03f9db9bb00393a19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee5956c1321d35adfd18371bba7266e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f34ce8be108cc1c186851db142c6957.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8942c9d86a3e6563e565f4507a88c30b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50854d01f4bf8fe3e235e864ee6fb8d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f34ce8be108cc1c186851db142c6957.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aaeeb86aea27d4cff897334612a10ec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893912e791d8c02d37f3eeaf7a38f5c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f34ce8be108cc1c186851db142c6957.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae469b648eccf0b2504051f4af90b337.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6967c5b47bf8131b3ea05e4b62b2d99d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f34ce8be108cc1c186851db142c6957.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843266485a7b0cd5297c1ebcbe07a05f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2ac7fa51acbcff8c26b0025032d0d57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f34ce8be108cc1c186851db142c6957.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30b4b50dc31bd793fb1d41bc7f6f4f7f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6e9614799324aa3eab78b9c1c26e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe3970eca254febb655bcf184542a986.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f34ce8be108cc1c186851db142c6957.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9895e2ce5140f8b1a617d8683316b8ac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>