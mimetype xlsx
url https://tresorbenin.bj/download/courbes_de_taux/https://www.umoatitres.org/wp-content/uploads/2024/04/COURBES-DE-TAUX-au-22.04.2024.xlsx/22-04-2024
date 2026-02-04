--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4421e6e3173b8ccb901fa018cb1ea9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d69bbbcb5d81c8016594c1502d2209c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b974de67940614f715169ec8b2bb0759.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4421e6e3173b8ccb901fa018cb1ea9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5f896264f788280d46d99434fd510c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79f980bb3f2ab1599efc8c0621d9141.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4421e6e3173b8ccb901fa018cb1ea9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31579a30199e321d7f2e5849f403a4ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88a5bb579ad39c54aeac08fad315a26b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4421e6e3173b8ccb901fa018cb1ea9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e02621b81e8aa5cd5c6c121d94672237.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080fe00b9b40bf76a85d28d7726eeaa5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4421e6e3173b8ccb901fa018cb1ea9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7881ff58d8ac60a1a1409581eab31aee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd1f31ab8fec4f95ad3517a8b8c6731e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4421e6e3173b8ccb901fa018cb1ea9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66a716ddf6dca64d18ec9b15314dd10c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f361e666c713ae722f147313c8bb32ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4421e6e3173b8ccb901fa018cb1ea9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185eae93dfc520ff4501f9c65e07bd24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03aa150cb25bc3d5d73b842431f8930.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4421e6e3173b8ccb901fa018cb1ea9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2462b57b2a113327a56525033d517140.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b7a163e973a31402196fec5519838f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>