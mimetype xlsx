--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b974de67940614f715169ec8b2bb0759.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a9ea946f212b0a355742cfe16ce0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eab09a20ceb9ff7e2e851190987ee230.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79f980bb3f2ab1599efc8c0621d9141.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a9ea946f212b0a355742cfe16ce0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebd1eb1b4623d4f9eaf7de45e692abd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88a5bb579ad39c54aeac08fad315a26b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a9ea946f212b0a355742cfe16ce0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a83c92b187f68369658baf17f243703.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080fe00b9b40bf76a85d28d7726eeaa5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a9ea946f212b0a355742cfe16ce0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5f2e1ef947d53f0590409e06b3a39eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd1f31ab8fec4f95ad3517a8b8c6731e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a9ea946f212b0a355742cfe16ce0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bd73826b416bbada9bfde3bd70f18f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f361e666c713ae722f147313c8bb32ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a9ea946f212b0a355742cfe16ce0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cfba7d8f9971be4e7cd20ac32cbbb1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03aa150cb25bc3d5d73b842431f8930.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a9ea946f212b0a355742cfe16ce0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1f005f80c344c211e266b7d216cfc55.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c005b31621c0c2e9962ce3638326da.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b7a163e973a31402196fec5519838f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a9ea946f212b0a355742cfe16ce0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7a49962010fb065fdee439806af57b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>