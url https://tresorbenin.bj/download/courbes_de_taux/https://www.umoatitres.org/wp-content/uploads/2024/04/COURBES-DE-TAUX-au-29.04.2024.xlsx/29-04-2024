--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd001d7f1b125919db0511556ce17de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/309b907b0dd3f6228bb1bd083ea9bcd9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/657a0f9f7d8a47b64e7d779646a29a04.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd001d7f1b125919db0511556ce17de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366e57a5981107989340864aabaa161e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f00bce031d43af615a141613d672d19e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd001d7f1b125919db0511556ce17de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9a59b6d9c412e5b5393d559c6173e48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f23f4eaa048472ec865ef2d5f9bb4d5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd001d7f1b125919db0511556ce17de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db5a0c097c66cefb62aa2dacb6b4c39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b6cf781831dbf5de5abc1cda5c4e9c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd001d7f1b125919db0511556ce17de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6843870db29f5d2e444ad8d26d1d59.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de8bcac56180cdcbca3eabece78f5f0c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd001d7f1b125919db0511556ce17de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b92f148f3d6ad78c6388b1fba90bf7a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07bd4e4630fd925e64cc8e98c0eb4339.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd001d7f1b125919db0511556ce17de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb5c265e41ac9fd4e70861fc265771a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ab44d662dd95129ac3dfd935b8b7e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd001d7f1b125919db0511556ce17de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89271887dca2d1fafc62eec8c4f030a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f9137445c60af02ff709c8247353b2f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>