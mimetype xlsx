--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/657a0f9f7d8a47b64e7d779646a29a04.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007cfe4bb0503dba9616f116d990310b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f00bce031d43af615a141613d672d19e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3241e952a736f4e824b05fd2419ed047.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f23f4eaa048472ec865ef2d5f9bb4d5a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f3ac5be5734a719ea07e0884a5bbcc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b6cf781831dbf5de5abc1cda5c4e9c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4150a9fc5ebfabe390db35b6ba7260bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de8bcac56180cdcbca3eabece78f5f0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15057b80842461d9ecd6fb12bb229cf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07bd4e4630fd925e64cc8e98c0eb4339.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8866652a47a83d26e3ecac396ea39f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ab44d662dd95129ac3dfd935b8b7e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db249b7c91898a54b2f64dc800b9cbc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e7aebd92bb0fc0d9f09a50633d4c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f9137445c60af02ff709c8247353b2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02bea829151299977503161ecaf09663.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>