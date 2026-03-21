--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007cfe4bb0503dba9616f116d990310b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05a3d5cc19d39b584206a4bf3581d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84896572ee5317b381f821aa494519d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3241e952a736f4e824b05fd2419ed047.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05a3d5cc19d39b584206a4bf3581d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71865b227507aafe71094c198d420666.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f3ac5be5734a719ea07e0884a5bbcc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05a3d5cc19d39b584206a4bf3581d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bb5267f6fff1753a6b7879b741fe7f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4150a9fc5ebfabe390db35b6ba7260bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05a3d5cc19d39b584206a4bf3581d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6ccc7192cfaa2cd93adf193c13feaa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15057b80842461d9ecd6fb12bb229cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05a3d5cc19d39b584206a4bf3581d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f6171042c496ca269b3dca920eca67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8866652a47a83d26e3ecac396ea39f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05a3d5cc19d39b584206a4bf3581d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847050137f38f0f590797e89ae384512.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db249b7c91898a54b2f64dc800b9cbc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05a3d5cc19d39b584206a4bf3581d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a3d1d3a0804c195e143c60149d12cf1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a2558ee9103bd3536410f250557877.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02bea829151299977503161ecaf09663.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05a3d5cc19d39b584206a4bf3581d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048fac41f51a011ab333fecd863d0f58.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>