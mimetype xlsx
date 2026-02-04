--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04874c40688c7b0b8cbf637e92d64139.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0faa44bec17a53254685c6ce6069a61d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e3716f64e93f9c2d3790abca4cb8bde.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04874c40688c7b0b8cbf637e92d64139.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcddfbcb043ad7c1968e9e296809dd21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/821a5f4a930b8cc8d4a5eef0cda784e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04874c40688c7b0b8cbf637e92d64139.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8937f5a79d4058c9e49aeb5701ecd0af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56a612440eb6aac45d7e930341311084.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04874c40688c7b0b8cbf637e92d64139.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75bb46d8e158c1a2c12ade97dceb35b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e31370d6d748b61e1bdca71738df1b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04874c40688c7b0b8cbf637e92d64139.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99ac916d9a8b5d8bda83f09de7af048a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/294b62b81b109129ca31f2c8d98fae2b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04874c40688c7b0b8cbf637e92d64139.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd1e3bf541e38b572bc1f81c03c5fca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d7b0cb0e2364f6a7e4634406e1df99f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04874c40688c7b0b8cbf637e92d64139.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f88cdaf84e50dfd98faaf962af3be2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d146d599d3c4d604fa2e392df27f3300.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04874c40688c7b0b8cbf637e92d64139.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/168ee0e5519b8eaf2fbbb1fa6e32fc73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/247d2e0ab483f5d0a065a0288a97923b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>