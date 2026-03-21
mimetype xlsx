--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e3716f64e93f9c2d3790abca4cb8bde.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317dff7e8c48a448108577faa995074d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dfdd62dfcfd976b3f95300d5a19ae65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/821a5f4a930b8cc8d4a5eef0cda784e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317dff7e8c48a448108577faa995074d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936158ebbf8040dcc7c1c94c388be755.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56a612440eb6aac45d7e930341311084.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317dff7e8c48a448108577faa995074d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6448b2682436b704860ae9950215fc54.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e31370d6d748b61e1bdca71738df1b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317dff7e8c48a448108577faa995074d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95a8a3ecaf3f28bd1969c6c18553e849.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/294b62b81b109129ca31f2c8d98fae2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317dff7e8c48a448108577faa995074d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c7604ae408dc3307d0fa2be0bfdf22c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d7b0cb0e2364f6a7e4634406e1df99f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317dff7e8c48a448108577faa995074d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de19d670c3ce530f95b40963c301152.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d146d599d3c4d604fa2e392df27f3300.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317dff7e8c48a448108577faa995074d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c00fd72e6db0cc1c91711a065b8e9d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7592d3d83a92a771d1a8db36b451683f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/247d2e0ab483f5d0a065a0288a97923b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317dff7e8c48a448108577faa995074d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e6af4523e1d64bffae1cd8364580791.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>