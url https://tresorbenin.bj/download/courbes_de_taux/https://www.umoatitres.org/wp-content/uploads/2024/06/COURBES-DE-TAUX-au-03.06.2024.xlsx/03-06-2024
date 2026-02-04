--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cca0e8062efaf34d49d923e7c7107c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1a8fb888808a04da98707cf89b698ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29d1a1686792d9c293c49b3951d5cd86.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cca0e8062efaf34d49d923e7c7107c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e42a11649c8246e0f02e72880b3890a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a409204ebb633a44b8f2de21f8faa2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cca0e8062efaf34d49d923e7c7107c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cf20572a85b8c12e1ff3fd668b44ef6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05094f57058f1bdfdbfcae8ea3fdc5c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cca0e8062efaf34d49d923e7c7107c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7d6dee309f52523c6ffddf9ae99a6ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41dd030428f74db64b17a54433785dd5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cca0e8062efaf34d49d923e7c7107c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7c59dbb755fc7dcc2d1346186b38218.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a428a67bc05c81f614800feba6bd86.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cca0e8062efaf34d49d923e7c7107c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df7f753e7c560d063626b6cc494d89d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6802db5a6e140d7888db31c1eb048e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cca0e8062efaf34d49d923e7c7107c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a364b187bc73e68efd7abe9dca8819.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9596e856b1cdc03a7be725e1f81a69a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cca0e8062efaf34d49d923e7c7107c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56dd5b86530cf4a6240588ad36552725.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d55407b2c6a1cdd5318389c1700a78.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>