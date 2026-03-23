--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29d1a1686792d9c293c49b3951d5cd86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344076a6c70890958b258b59479e9c76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9021b3ed22cb3fcb2ade51ab73b7cafb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a409204ebb633a44b8f2de21f8faa2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344076a6c70890958b258b59479e9c76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/821bdd6f09b18dd0a5622a378b992358.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05094f57058f1bdfdbfcae8ea3fdc5c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344076a6c70890958b258b59479e9c76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b056ad5e18d7d8362ba4e884fb2326c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41dd030428f74db64b17a54433785dd5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344076a6c70890958b258b59479e9c76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9b865468c3eab3fc101936fd7f69ac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a428a67bc05c81f614800feba6bd86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344076a6c70890958b258b59479e9c76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f8fd0f6d37d57b1e5e61369ad7635e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6802db5a6e140d7888db31c1eb048e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344076a6c70890958b258b59479e9c76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b981e48d3d52846596e33f57d4fa8a12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9596e856b1cdc03a7be725e1f81a69a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344076a6c70890958b258b59479e9c76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70aed44a7387513196df14ef5598a710.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de0aadeda6b3dc11b47e847678a89dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d55407b2c6a1cdd5318389c1700a78.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344076a6c70890958b258b59479e9c76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6db0f379a5c9915057a87f466aa0bec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>