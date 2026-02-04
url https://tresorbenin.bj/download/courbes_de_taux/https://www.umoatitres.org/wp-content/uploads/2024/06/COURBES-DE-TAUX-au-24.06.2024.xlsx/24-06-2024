--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d851148067a382af566a070fdb17091.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6425de0d2f9a29f6f639368905b3f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903e5d45cf46bbdb364655555a7011ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d851148067a382af566a070fdb17091.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9ad4b7660111747ff971ca8e89e1be6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa9b01cbe1c0703a7ff9ccdd6b49614d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d851148067a382af566a070fdb17091.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/785922cf522fee7d23e9790fb3a28912.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0cf30cd8beea5b6a4eaa49e071f1f18.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d851148067a382af566a070fdb17091.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f24d6f9f27bfcf704ec13c429a9edf6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c735e3ad8941c90ab683b5316ff997c9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d851148067a382af566a070fdb17091.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73010b548573608ef4a9ac97e4f562c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d34269a50351a8f027a8ab9220d40330.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d851148067a382af566a070fdb17091.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a81cc395c0b5799a54fe5d86a653d26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b05f28a5334575304dc1b6ab76089c2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d851148067a382af566a070fdb17091.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f8c7a7330a1784c175afac8928d8297.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e23ae24deaf1588f8498011897e7af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d851148067a382af566a070fdb17091.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3604b4b468815836f23d3fe6e99eadb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aec1fd220c7cf1511f777566e4877f19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>