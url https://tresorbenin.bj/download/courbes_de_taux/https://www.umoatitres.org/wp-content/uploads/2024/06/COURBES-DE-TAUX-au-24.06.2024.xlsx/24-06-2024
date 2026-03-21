--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903e5d45cf46bbdb364655555a7011ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dcd1384e4d6a576bc9b136d29b1ef8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa9b01cbe1c0703a7ff9ccdd6b49614d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca316630ec7065f105eef7cddaecd0b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0cf30cd8beea5b6a4eaa49e071f1f18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b155c031bd71477df39d66026387ba54.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c735e3ad8941c90ab683b5316ff997c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7fd3e1e95c26709ffc7f02a283f0074.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d34269a50351a8f027a8ab9220d40330.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad803f481ae05ee92da2aa408db735e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b05f28a5334575304dc1b6ab76089c2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c141e613a91234cc5ee2602d49630ffb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e23ae24deaf1588f8498011897e7af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53d8b10dd66f9b4e6730ccea61be77ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a7df2a4a5da2c1f46a75c7c3fb3390.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aec1fd220c7cf1511f777566e4877f19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db673d63ad6fd67097ed272fb7bc64b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>