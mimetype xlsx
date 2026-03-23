--- v2 (2026-03-21)
+++ v3 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dcd1384e4d6a576bc9b136d29b1ef8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f9d2895e9d301307ea4298d6c44bbd4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aceed926c118088f08102dadf7bf2385.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca316630ec7065f105eef7cddaecd0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f9d2895e9d301307ea4298d6c44bbd4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7a1c77ee3aa2306c2f6ab31d6ad6c1d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b155c031bd71477df39d66026387ba54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f9d2895e9d301307ea4298d6c44bbd4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5209404055b8a4d8f430e2a41aaad3a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7fd3e1e95c26709ffc7f02a283f0074.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f9d2895e9d301307ea4298d6c44bbd4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0732d3c5d75f84dc13216ef97e8055e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad803f481ae05ee92da2aa408db735e5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f9d2895e9d301307ea4298d6c44bbd4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b628203407718910dfbbae3d0a5a13e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c141e613a91234cc5ee2602d49630ffb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f9d2895e9d301307ea4298d6c44bbd4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/460f26c38b5807924e7fd7098b53c23c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53d8b10dd66f9b4e6730ccea61be77ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f9d2895e9d301307ea4298d6c44bbd4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48172ffbee747432ddfa844599bead93.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9096a0fcb29c2f249c8456e8a917dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db673d63ad6fd67097ed272fb7bc64b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f9d2895e9d301307ea4298d6c44bbd4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fbc8c94d5dd4137f23cbc2d629a3e36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>