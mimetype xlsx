--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e98a795ce5d3f46fdedbab3cc3a602.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31c98f218c19d71aba3c83c8a9e1381.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0219e474e0d924330e333b23b086a4aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e98a795ce5d3f46fdedbab3cc3a602.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb38729c191bc1569f5789a4cc0c506.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70dd4240372fc0431b205dcd05609dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e98a795ce5d3f46fdedbab3cc3a602.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213e9e2a53f80fcbf49b2bdad8aef16f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcdf654bd36005155b7e93b0cd25c722.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e98a795ce5d3f46fdedbab3cc3a602.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a9c5d932f2863a7cd4bc0c5b45d0f15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05aaea0f14239349e3ef1defe8d485af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e98a795ce5d3f46fdedbab3cc3a602.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b681ea8f389dd0228adbbe2f078bd782.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917f9a04e9a3b9f696e3d3a69dd3953e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e98a795ce5d3f46fdedbab3cc3a602.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be2988ad652de8ca8059a08362e104e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c4f828d217ae07c411a6e17aed4b2c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e98a795ce5d3f46fdedbab3cc3a602.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a697dcc5702c13b8b26537103e210bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bf315b3ea7ff165a7520730c398832e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e98a795ce5d3f46fdedbab3cc3a602.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f561bd686366580e7af8dc350bbef73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91501d32f27f69e87fed5890d679dd36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>