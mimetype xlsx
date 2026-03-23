--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0219e474e0d924330e333b23b086a4aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4db78146a059f46759ce23b904f85a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a9b54943004e77c8326e9f90d696b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70dd4240372fc0431b205dcd05609dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4db78146a059f46759ce23b904f85a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb50b9cbb8ddbbed0a5c20bfa8e1c5c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcdf654bd36005155b7e93b0cd25c722.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4db78146a059f46759ce23b904f85a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4ebcb9e6f472bf67c27b6195a073a8c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05aaea0f14239349e3ef1defe8d485af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4db78146a059f46759ce23b904f85a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3f34a47bff7b4f408012506f60fb87a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917f9a04e9a3b9f696e3d3a69dd3953e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4db78146a059f46759ce23b904f85a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fb8c490df5c63594dea3ce8937594b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c4f828d217ae07c411a6e17aed4b2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4db78146a059f46759ce23b904f85a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c854330e340291e28270524a77c1137c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bf315b3ea7ff165a7520730c398832e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4db78146a059f46759ce23b904f85a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee1058268a7513c6b74160987e8aeb6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a52d8d269497b64bfbc45164af0696.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91501d32f27f69e87fed5890d679dd36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4db78146a059f46759ce23b904f85a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/115a6d751162d27aa1769ecd890141a3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>