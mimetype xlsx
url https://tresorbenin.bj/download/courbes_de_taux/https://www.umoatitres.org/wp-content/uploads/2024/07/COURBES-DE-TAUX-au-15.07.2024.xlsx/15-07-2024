--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5ea2feefc7f094f734d8e39d3239c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3db7210bf08f2f0e20ba639048d8ad9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4d85d9e2345b52996f4c2b11e72086.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5ea2feefc7f094f734d8e39d3239c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6cf8c8d0bdcfba69ca176601be94bc0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/479b9c2abe9b45117f5b869aed5f9103.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5ea2feefc7f094f734d8e39d3239c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96225ac8fde00e2bf1bf1ecf12c9216a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af0d2264b80a34e8420775adcd97ee3e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5ea2feefc7f094f734d8e39d3239c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb43bc926c578b0e67942155ac70bc1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52bce3bea9e8c99a76f4cf0613b2d39c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5ea2feefc7f094f734d8e39d3239c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4dd0246829e9705c228e96a5c93757c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77abc714d6138c7c64e363787be2e9c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5ea2feefc7f094f734d8e39d3239c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52aa0240bb0a96efd36dc07fa518c1e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f94262fb534a2a9f0b332b40251d02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5ea2feefc7f094f734d8e39d3239c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/427bd147d1ebef387a4d9728a34e34a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d16d56b5125e6336267606d622115bc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5ea2feefc7f094f734d8e39d3239c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e589dfc2a1ee327af20c4926ab6007e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/778998e6fd36709313c02dfd199bf6fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>