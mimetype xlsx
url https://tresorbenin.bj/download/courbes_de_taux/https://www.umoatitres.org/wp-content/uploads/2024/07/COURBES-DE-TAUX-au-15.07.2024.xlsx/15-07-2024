--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4d85d9e2345b52996f4c2b11e72086.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956c61b782a539ada588861c707605d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c05ed97fbfd9b341c291273b9cf5903b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/479b9c2abe9b45117f5b869aed5f9103.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956c61b782a539ada588861c707605d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e02603c4bdac3e9e418677c52551c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af0d2264b80a34e8420775adcd97ee3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956c61b782a539ada588861c707605d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b026d38cb53be47057a800db60514a64.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52bce3bea9e8c99a76f4cf0613b2d39c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956c61b782a539ada588861c707605d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532962d879d7f8f7b0563524013f78e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77abc714d6138c7c64e363787be2e9c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956c61b782a539ada588861c707605d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8d0ca35216b0e6a661323c78703e463.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f94262fb534a2a9f0b332b40251d02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956c61b782a539ada588861c707605d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c0aeb14e7c913037075e49096f714bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d16d56b5125e6336267606d622115bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956c61b782a539ada588861c707605d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7195fd53129ed31f28d721962b6ddb37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5a5379cd9060a055c185b7442c901.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/778998e6fd36709313c02dfd199bf6fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956c61b782a539ada588861c707605d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3745a16ece2cae2481d10ab33d4ed8f0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>