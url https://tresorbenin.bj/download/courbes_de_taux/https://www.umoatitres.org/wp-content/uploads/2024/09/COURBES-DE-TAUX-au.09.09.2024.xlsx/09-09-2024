--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebfb8e0f0fc62aa12de39f9f8de262b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/719b11e06d7300bebcff0514e7d997e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01f2c52b1fb1d531922aa4a019631b60.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebfb8e0f0fc62aa12de39f9f8de262b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e8361dddc99dbe36c4b38df2c2dcb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4164067b56e23b28f01870f36335aba2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebfb8e0f0fc62aa12de39f9f8de262b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d2bd1d81b166412c66cce0d5ff77a70.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ced7ff0864608816e263d715d7604675.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebfb8e0f0fc62aa12de39f9f8de262b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a25b388661bee23a2634bf4cf60a19d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba56e8b8c61ab2eb535e0b1eceebdfc2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebfb8e0f0fc62aa12de39f9f8de262b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25aee38b2086bc35c7f187793758d08f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff9aa5014f82b6466281613026238676.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebfb8e0f0fc62aa12de39f9f8de262b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a1553ebbc5912f32e79a7999914d0fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b67f8e4b98e8d9dc56ae8c9eb71ae96.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebfb8e0f0fc62aa12de39f9f8de262b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32cce3b4a8ddef3e39e94fa786b8981f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f2fb185552f409d6ea95a75b4346f83.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebfb8e0f0fc62aa12de39f9f8de262b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5877a16e1a730e7c048835bfef2a7789.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97d2d344d0ee794b29d7494c753969ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>