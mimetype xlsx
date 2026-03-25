--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01f2c52b1fb1d531922aa4a019631b60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252ec8cc4d23115c8300d298a82dd417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/870b34f5ba4b62afa9a2b211afc6073f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4164067b56e23b28f01870f36335aba2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252ec8cc4d23115c8300d298a82dd417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5636d20809335cd0e3b84b1f3ed7ce7a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ced7ff0864608816e263d715d7604675.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252ec8cc4d23115c8300d298a82dd417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd62928896ecdac9f461e8a8d11d7115.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba56e8b8c61ab2eb535e0b1eceebdfc2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252ec8cc4d23115c8300d298a82dd417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0d4ff76aa3692855d6d6eeb8ad5685b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff9aa5014f82b6466281613026238676.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252ec8cc4d23115c8300d298a82dd417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04bbcc8c03f380ad34ab13cbafb9b2b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b67f8e4b98e8d9dc56ae8c9eb71ae96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252ec8cc4d23115c8300d298a82dd417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3db9f65b95a9c1b2b68565b7622080.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f2fb185552f409d6ea95a75b4346f83.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252ec8cc4d23115c8300d298a82dd417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/806c6d9a5de7f81cd2a927802232979c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76343723e4650f1d194de17df262159.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97d2d344d0ee794b29d7494c753969ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252ec8cc4d23115c8300d298a82dd417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900eec9d059f0986762603da3f702379.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>